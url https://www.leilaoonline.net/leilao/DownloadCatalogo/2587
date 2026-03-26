--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,411 +269,363 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185777", "160")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185777", " TRATOR AGRÍCOLA CASE PUMA 230, ANO 2018, FR56292 - LOC. SERRANA/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>128</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>313.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>3000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185773", "161")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185773", " TRATOR AGRÍCOLA JOHN DEERE 6165, ANO 2011, FR65013 - LOC. SERRANA/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>152.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185778", "162")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185778", " MUNCK CAP 6 TN, M640, ANO 1979, FR7336 - LOC. SERRANA/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185784", "164")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185784", " CAMINHÃO MERCEDES BENZ AXOR 3344 S/33, ANO 2010/2010, BRANCA, FR52783 - LOC. SERRANA/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>108.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185779", "165")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185779", " CAMINHÃO MERCEDES BENZ AXOR 3344 S/33, ANO 2010/2010, BRANCA, FR52779 - LOC. SERRANA/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>111.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185774", "166")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185774", " CAMINHÃO MERCEDES BENZ AXOR 3344 S/33, ANO 2010/2010, BRANCA, FR52784 - LOC. SERRANA/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>78</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>133.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185781", "169")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185781", " TRATOR AGRÍCOLA JOHN DEERE 8335 R,ANO 2014, FR51379 - LOC. SERRANA/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>422.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>3000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185780", "170")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185780", " TRATOR AGRÍCOLA CASE PUMA 225, ANO 2015, FR51586 - LOC. SERRANA/SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>179.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185772", "171")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185772", " CAMINHÃO MERCEDES BENZ L2219, ANO 1986/1986, BRANCA, FR4156, COM CARROCERIA COMBOIO SHULZ WINE, ANO 1977, FR4538 ( OBS.COMBOIO SEM DIREITO A DOCUMENTAÇÃO )- LOC. SERRANA/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185782", "172")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185782", " TRATOR AGRÍCOLA CASE MAGNUN 340, ANO 2017, FR53864 - LOC. SERRANA/SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>470.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185785", "173")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185785", " PLANTADORA DE CANA DMB PCP 6000, ANO 2009, FR57687 - LOC. SERRANA/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185776", "174")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185776", " PLANTADORA DE CANA DMB PCP 6000, ANO 2009, FR57685 - LOC. SERRANA/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>