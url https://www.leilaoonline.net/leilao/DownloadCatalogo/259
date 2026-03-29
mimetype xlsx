--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11749", "11220")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11749", " PÁ CARREGADEIRA VOLVO BM-L1 20C, ANO 1997, FR30489")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11741", "11221")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11741", " CARREGADEIRA MOTOCANA, ANO 2005, FR40247")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>20.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11750", "11222")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11750", " CARREGADEIRA MOTOCANA, ANO 2005, FR40248")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11738", "11223")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11738", " CARRETA P/ CANA DE BREJO , FRETORPLAN, ANO 1985, FR4803")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11746", "11224")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11746", " CARRETA P/ CANA DE BREJO , FRETORPLAN, ANO 1985, FR4810")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11736", "11225")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11736", " ARADO IKEDA, MFD-5PM/HD, ANO 2006, FR42998 ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>4.550,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11739", "11226")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11739", " SUCATA CARREGADEIRA DE CANA SANTAL CMP MASTER, ANO 2005, FR40298")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11751", "11227")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11751", " CARROCERIA METÁLICA FUEIRO/CAMBAO SERMAG, ANO 1995, FR28174")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11745", "11229")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11745", " CARROCERIA METÁLICA FUEIRO/CAMBAO SERMAG, ANO 1995, FR28170")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11747", "11230")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11747", " CARROCERIA METÁLICA FUEIRO/CAMBAO SERMAG, ANO 1995, FR28176")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11748", "11231")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11748", " CARROCERIA METÁLICA FUEIRO/CAMBAO SERMAG, ANO 1995, S/FR")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11740", "11232")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11740", " CARROCERIA METÁLICA FUEIRO/CAMBAO SERMAG, ANO 1995, S/FR")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11742", "11233")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11742", " SUCATA CARROCERIA COMBOIO, CORONA, ANO 1981, FR4539")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11744", "11234")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11744", " SUCATA CARROCERIA COMBOIO, SERMAG, ANO 2004, FR4540")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>