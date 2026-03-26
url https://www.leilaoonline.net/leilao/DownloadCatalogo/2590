--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185887", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185887", "LANCHA MOD. EVOLUTION 255 ANO 2008/2009 - SEMI NOVA - SOM AMBIENTE / SONAR - MOTOR MERCURY 175HP - APROX. 234 HORAS - COM CARRETA ANO 2015")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>220.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185872", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185872", " SISTEMA DE VENTILAÇÃO COM MOTOR 7,5CV DE 870RPM9 TODAS AS LIGAÇÕES- FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185873", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185873", " MOTOR ELÉTRICO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185874", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185874", " MOTO REDUTOR 100/1 COM ÓLEO NOVO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185884", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185884", "GM  S10 LTZ DD4A - ANO 2018/2018 - BRANCA-DIESEL - ACOMPANHA MANUAL E CHAVE RESERVA ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185879", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185879", " BOMBA DE CONCRETO SP 2000 SCHWING ANO:2012. CAMINHÃO E ENCANAMENTO NÃO ACOMPANHA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>260.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188555", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188555", "BOMBA DE CONCRETO  MARCA SCHWING SP 2000 ANO 2014  1.600 HORAS DE USO REVISADA  CONTROLE REMOTO MOTORIZAÇÃO MERCEDES BENZ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>280.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185886", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185886", "[ LANCES POR KG ] APROX. 3 TON TUBO MECÂNICO ( 1" A 6") - SEM COSTURA - MANNESMANN")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>0.30</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185875", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185875", "[ LANCES POR QUILO ] APROX. 5 TONELADAS DE BUXAS PONTAS DE EIXOS E ETC")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185878", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185878", " COMPREENSOR DE ARUSADO: BOMBA DE CONCRETO E OUTROSMARCA SCHULZ ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185876", "018")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185876", " MÓDULO DE SOM AMPLIFICADOR MARCA: ROCKFORD FOSGATE ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185877", "019")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185877", " MÓDULO DE SOM MARCA: ROCKFORD FOSGATE MODELO: POWER 500.11 CANAL MONO24DB/8EM FUNCIONAMENTO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185880", "020")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185880", " MÓDULO DE SOM AMPLIFICADOR MARCA: ROCKFORD FOSGATE ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185881", "021")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185881", " MÓDULO E SENSOR CÂMBIO ALISSON AUTOMÁTICO 3000APLICAÇÃO: TIPO 3000")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185882", "025")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185882", "[ LANCES POR QUILO ] APROX. 5 TONELADAS DE BUXAS PONTAS DE EIXOS E ETC")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185883", "026")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185883", "[ LANCES POR QUILO ] APROX. 5 TONELADAS DE BUXAS PONTAS DE EIXOS E ETC")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185885", "027")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185885", "FERRAMENTEIRA SANCHES BLANES  MOD. FF.750 9 - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>