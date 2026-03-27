--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,1851 +269,1623 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186438", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186438", "CÂMARA FRIA; MEDIDAS: 6M DE ALTURA, 15M DE COMPRIMENTO E 13M DE LARGURA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185930", "035")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185930", "FORD/JEEP WILLYS CJ5 - 6CC; 1965/1965; BEGE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185926", "040")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185926", "CAMINHÃO VW/16.220; 1993/1993; BRANCA; DIESEL; MOTOR CUMMINS; CÂMBIO 6 MARCHAS - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>63.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185923", "045")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185923", "CAMINHÃO M. BENZ/L 1618; 1995/1995; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>103.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185924", "047")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185924", "CAMINHÃO M. BENZ/L 1313; 1974/1974; VERMELHA; DIESEL; DIREÇÃO HIDRÁULICA; TURBINADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185927", "048")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185927", "CAMINHÃO M. BENZ/L 1113; 1976/1976; AMARELA; DIESEL; TURBINADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187410", "049")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187410", "CAMINHÃO M.BENZ/L 1620; 2009/2009; TIPO CARGA CAMINHÃO - FUNCIONANDO - PLACA FINAL 99")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>141.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187411", "050")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187411", "CAMINHÃO M. BENZ; MOD 1513; 1979/1979 - SUCATA SEM DIREITO A DOCUMENTAÇÃO COM BAIXA PERMANENTE")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187454", "051")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187454", "CAMINHÃO IVECO/TRAKKER 720T 42TN; 2009/2010; ANO TIPO TRAÇÃO CAMINHÃO TRATOR")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>71.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185928", "055")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185928", "CAMINHÃO FORD/F4000; 1984/1984; AMARELA; DIESEL; MOTOR MWM226 - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...20 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186881", "057")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186881", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2018/2018; BRANCA; DIESEL - FUNC. - FIPE R$ 185.652,00")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187586", "059")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187586", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185929", "061")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185929", "CAMIONETA FORD/SR DESERTER; 1993/1993; BRANCA; DIESEL; TURBINADA; HIDRÁULICA (DESLIGA NA CHAVE) - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185925", "065")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185925", "CAMINHONETE GM/S10 2.8 D; 2002/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>73</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...10 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185932", "067")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185932", "CAMINHÃO GM/CHEVROLET D40; 1986/1986; BEGE; DIESEL; DIREÇÃO HIDRÁULICA - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185921", "100")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185921", "veja o vídeo!! TRATOR NEW HOLLAND TS 110CV 4X4; ANO 2012")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185922", "101")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185922", "EMPILHADEIRA CLARK; ANO INDEFINIDO; MOTOR À DIESEL; CAPACIDADE 7 TONELADAS; TORRE DE 4 METROS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187409", "102")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187409", "GUINDASTE WARNING - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...20 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185931", "105")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185931", "veja o vídeo!! PÁ CARREGADEIRA; CATERPILLAR 930; ANO 1985; FREIO A DISCO - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185936", "110")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185936", "TRATOR MASSEY FERGUSON 50X; ANO 1970 - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>88</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185943", "111")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185943", "TRATOR MASSEY FERGUSON 65X; ANO 1972; EIXO QUADRADO; 3 MARCHAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185935", "112")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185935", "VALMET KD112; SEM ANO DE IDENTIFICAÇÃO - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>11.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185937", "125")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185937", "veja o vídeo!! TRATOR MASSEY FERGUSON 65 X; ANO 71; CANELA REDONDA; 3 MARCHAS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>17.050,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185938", "160")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185938", "LANCHA (INFORMAÇÕES NAS ESPECIFICAÇÕES)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185946", "161")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185946", "JOGO DE BANCO DE MICRO-ÔNIBUS;  23 ASSENTOS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187584", "162")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187584", "LOTE COM MONITOR LG FLATON M237WA - PM; TV PHILCO 43 PVTE10N5SF LED; TV LG 32 32LD350; TV SONY 55 KDL - 55HX755; TV AOC 43 43S5195/78G")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185940", "163")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185940", "LOTE COM 4 IMPLEMENTOS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185944", "164")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185944", "MOTOR 366 TURBINADO; COM PLAQUETA E CAPA SECA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>10.750,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185945", "165")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185945", "MOTOR JOHNSON 25; SEM ANO DE IDENTIFICAÇÃO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185939", "166")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185939", "LOTE COM 4 EXAUSTORES CENTRIFUGO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185941", "168")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185941", "ROÇADEIRA; MARCA SANTA ISABEL; 1,70M DE CORTE; GIRO LIVRE; REGULAGEM DE ALTURA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185947", "169")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185947", "ADUBADEIRA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185948", "170")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185948", "GRADE ARADORA DE BOI; 12 DISCOS")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185960", "171")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185960", "GRADE ARADORA DE ARRASTO BALDAN; 20 DISCOS; MANCAIS; ROLAMENTO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185950", "180")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185950", "ARADO AIVECA; MARCA IKEDA; 3 HASTES COM DESARME DE MOLA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185959", "183")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185959", "BOMBA DE IRRIGAÇÃO DE 15CV")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185949", "185")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185949", "ADUBADEIRA TATU; 4 LINHAS")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185953", "187")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185953", "CALCAREADEIRA DE 2 RODAS")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185954", "189")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185954", "ENSILADEIRA MENTA; ANO 2013 - FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185955", "190")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185955", "ROÇADEIRA AGR.; ANO 2001")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185957", "191")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185957", "SUBSOLADOR 9 HASTES DE CONTROLE REMOTO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185956", "192")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185956", "JOGO DE RODAS COM PNEUS FORD; 6 FUROS; 265X65XR17")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185958", "193")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185958", "TANQUE 2000L; MARCA FMC")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185961", "194")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185961", "BATEDEIRA DE CEREAIS; MARCA MIAC CM3RA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185962", "197")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185962", "BAÚ PARA CARGA VIVA - COMPRIMENTO 6.45, ALTURA 2.40, LARGURA 2.50")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185967", "198")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185967", "MUNCK MOTOCANA (NO ESTADO)")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
+      <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...74 lines deleted...]
-      <c r="C21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185970", "199")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185970", "CARRETA 4 RODAS PARA TRATOR")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D21" s="4" t="inlineStr">
-[...159 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185971", "200")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185971", "CARROCERIA")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F27" s="4" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185966", "201")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185966", "SAID; 4M DE COMP.; 2,20 DE LARG.; 2,30 DE ALT.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185972", "202")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185972", "LOTE COM SOMENTE A CAÇAMBA TOCO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185973", "203")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185973", "CAÇAMBA TRUCK")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...153 lines deleted...]
-      <c r="F32" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187583", "204")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187583", "SAIDER (MEDIDAS: 6,60M DE COMPRIMENTO, 2,60 DE LARGURA; 2,90 DE ALTURA); ASSOALHO CHAPA DE FERRO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-[...47 lines deleted...]
-      <c r="D34" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185963", "205")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185963", "CARRETA PARA TRATOR")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185965", "206")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185965", "CARRETA PARA PLANTIO DE CANA")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E34" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E35" s="5" t="inlineStr">
+      <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F35" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F36" s="4" t="inlineStr">
+      <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-[...15 lines deleted...]
-      <c r="D37" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185968", "207")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185968", "CARROCERIA PARA CAMINHÃO; MERCEDES BENZ; 7,30 METROS DE COMPRIMENTO")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E37" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F37" s="4" t="inlineStr">
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-[...25 lines deleted...]
-      <c r="F38" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185969", "208")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185969", "CONTAINER MARÍTIMO DE 6 METROS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-[...894 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185974", "211")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185974", "BAÚ (MEDIDAS NAS ESPECIFICAÇÕES)")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>