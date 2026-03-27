--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186001", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186001", "[ VÍDEOS ] ESCAVADEIRA HIDRÁULICA CASE CX470B. 47 toneladas , com kit para Rompedor (não acompanha o rompedor). Operacional")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>400.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185988", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185988", " Escavadeira cx 220C , no estado que se encontra")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185999", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185999", " Sennebogen , manipulador de sucatas , sem motor , no estado que se encontra , ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185997", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185997", " Mini rolo compactador Dynapac sem motor , no estado que se encontra")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185998", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185998", "[ VÍDEO ] Mini escavadeira Yanmar vio 30-6b , cabine acidentada , no estado que se encontra")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185989", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185989", "[ VÍDEO ] Escavadeira hidráulica cx350 b , semi nova , ano 2013 , totalmente operacional , rodante 85% , no estado que se encontra ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186000", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186000", "Ônibus / pas, VW9150, ano 2007/2008 , Neobus Thunder , 22 lugares , motor e freios revisados , no estado que se encontra")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185991", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185991", " Trator shantui sd 16 , com transmissão aberta ! Motor em ótimo estado , no estado que se encontra ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185992", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185992", " Trator shantui SD 16 , desmanchado , no estado que se encontra")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185990", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185990", " Escavadeira jonh deere , operacional , no estado que se encontra")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>175.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185994", "021")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185994", " Torre de iluminação, falta peças e partes , no estado que se encontra")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...297 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185995", "022")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185995", " Torre de iluminação faltando peças e partes , no estado que se encontra")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...15 lines deleted...]
-      <c r="D22" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185996", "023")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185996", " [ VÍDEO ] Grupo gerador motor Yanmar, funcionando")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185993", "024")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185993", " Rompedor Atlas Copco 4100, operacional semi novo. Para escavadeira de 45 , 50 e 60 toneladas ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>320.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>