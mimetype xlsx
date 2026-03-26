--- v0 (2025-11-14)
+++ v1 (2026-03-26)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186128", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186128", "KIT COM 2 PNEUS 380/90R46 COM RODAS (USADO)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186298", "011")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186298", "LOTE COM 8 PNEUS 1.000-20; CARCAÇA NACIONAL - RESSOLADOS NOVOS (EM CONDIÇÕES DE USO)")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186299", "012")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186299", "LOTE COM 8 PNEUS 9.00-20; CARCAÇA NACIONAL - RESSOLADOS NOVOS (EM CONDIÇÕES DE USO)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186301", "013")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186301", "LOTE COM 6 PNEUS 7.50-16; MARCA FORERUNNER - NOVOS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186303", "014")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186303", "LOTE COM 2 PNEUS 13.6-38; CARCAÇA NACIONAL - RESSOLADOS NOVOS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186306", "015")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186306", "LOTE COM 2 PNEUS 13.00-24; CARCAÇA NACIONAL - RESSOLADOS NOVOS (EM CONDIÇÕES DE USO)")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186126", "050")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186126", "LOTE COM 24 CADEIRAS DE RODINHAS; 4 POLTRONAS; 2 TRIOS DE CADEIRAS DE ESPERA; 1 MESA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186127", "055")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186127", "MÁQUINA DE CORTE DE PLASMA; SMART 4000 - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186297", "060")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186297", "PRENSA - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186617", "065")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186617", "LOTE COM APROX. 400 TONELADAS DE PEÇAS DE TRATORES E MAQUINARIO AGRÍCOLA - LANCE POR KG")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187053", "066")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187053", "LOTE COM APROX. 150 TONELADAS DE ENGRENAGENS DE TRATORES E MAQUINARIO AGRÍCOLA - LANCE POR KG")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186771", "1000")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186771", "LOTE COM 4 EIXOS DIFERENCIAIS TRASEIROS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186770", "1001")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186770", "LOTE COM 3 EIXOS DIFERENCIAIS TRASEIROS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186752", "1002")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186752", "LOTE COM 4 EIXOS DIANTEIROS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186751", "1003")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186751", "LOTE COM 4 EIXOS DIANTEIROS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186747", "1004")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186747", "LOTE COM 3 EIXOS DIANTEIROS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186744", "1005")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186744", "LOTE COM 3 EIXOS DIANTEIROS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186737", "1006")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186737", "LOTE COM 2 EIXOS DIANTEIROS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186772", "1009")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186772", "LOTE COM 3 EIXOS DIANTEIROS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186736", "1010")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186736", "LOTE COM 4 EIXOS DIANTEIROS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186735", "1012")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186735", "LOTE COM 1 EIXO DIANTEIRO E 2 EIXOS DIFERENCIAIS TRASEIROS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186727", "1013")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186727", "LOTE COM 4 EIXOS DIFERENCIAIS TRASEIROS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186728", "1014")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186728", "LOTE COM 4 EIXOS DIFERENCIAIS TRASEIROS")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186729", "1015")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186729", "LOTE COM 4 EIXOS DIFERENCIAIS TRASEIROS")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186730", "1016")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186730", "LOTE COM 4 EIXOS DIFERENCIAIS TRASEIROS")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186731", "1017")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186731", "LOTE COM 4 EIXOS DIANTEIROS")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186732", "1018")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186732", "LOTE COM 4 EIXOS DIANTEIROS")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>