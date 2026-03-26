--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,1019 +269,895 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186425", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186425", "BRITADOR 10060A")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>435.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186396", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186396", " Tanque inox (aprox. 12.000 litros)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186397", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186397", " Tanque inox (aprox. 3.500 litros)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186400", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186400", " Tanque inox (aprox. 3.500 litros)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186395", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186395", " Tanque inox (aprox. 500 litros)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186398", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186398", " Tanque inox (aprox. 1.500 litros)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186399", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186399", " Tanque inox (aprox. 11.000 litros)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186403", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186403", " Paletadeira (aprox. 2.860 kilos)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186402", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186402", " [ LANCES POR KG] Portas de painéis diversos")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>0,50</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186404", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186404", " 3 tanques de inox")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186401", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186401", " Talha elétrica 10 toneladas")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186406", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186406", " Máquina de solda ESAB LHJ750")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186405", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186405", " Máquina de solda ESAB LHJ750")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186408", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186408", " ESCAVADEIRA CATERPILLAR 325B")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186407", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186407", " ESCAVADEIRA CATERPILLAR 312D")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186409", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186409", " ESCAVADEIRA HYUNDAI 210 LC-7")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186412", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186412", " GUINDASTE GROOVE. 30 TONELADAS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186411", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186411", " [ LANCES POR KG ] GARRA. Aprox. 2.680 kg")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2,20</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186410", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186410", " [ LANCES POR KG ] GARRA. Aprox. 1.840 kg")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186413", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186413", " MOTOR")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186414", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186414", " Rolete (aprox. 30 toneladas)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186415", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186415", " Motor Volvo")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186416", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186416", " Rosqueadeira Elétrica")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186417", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186417", " Motovibrador 2,70 HP")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186418", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186418", " Motovibrador 2,70 HP")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186420", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186420", " Furadeira Kone")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186421", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186421", " Fresar U1300")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186419", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186419", " Furadeira  ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186422", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186422", " Smart Mig 5.1")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...127 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...57 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186423", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186423", " Smart Mig 5.1")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...702 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186424", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186424", " Mig Arc 4200 max")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>