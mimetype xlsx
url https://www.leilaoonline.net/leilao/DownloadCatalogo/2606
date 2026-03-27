--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,1147 +269,1007 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186377", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186377", "[ VÍDEOS ] ESCAVADEIRA CATERPILLAR MOD. 336 D ANO Aprox.. 2011")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>390.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186386", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186386", "[ VÍDEO ] RETROESCAVADEIRA CASE MOD. 580H ANO 1979")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187134", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187134", "TOYOTA / BANDEIRANTE 4x4  ANO 1987/1987 - DIESEL - COR VERDE")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186363", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186363", "[ VÍDEO ] PÁ CARREGADEIRA CASE. MOD. 621D. ANO 2006. OPERACIONAL")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186384", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186384", "[ VÍDEOS ] PÁ CARREGADEIRA CATERPILLAR MOD. 924F ANO 1997")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186387", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186387", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC MOD. CA15 ANO APROX. 1994")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186388", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186388", "[ VÍDEO ] RETROESCAVADEIRA CASE MOD. 416E ANO 2012 - 4 X 4")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186389", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186389", "[ VÍDEO ] TRATOR DE ESTEIRA CATERPILLAR MOD. D6D ANO 1988 - TORQUE")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>195.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186382", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186382", "[ VÍDEO ] TRATOR DE ESTEIRA KOMATSU MOD. D50A ANO 1989  - RODANTE NOVO - TURBINADO MOTOR M.BENZ -COMPLETO COM RIPPER ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>320.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186385", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186385", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD. 55A  ANO Aprox. 1982")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186391", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186391", "[ VÍDEO ] RETROESCAVADEIRA CATERPILLAR MOD. 416E 4X4 ANO 2008")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186368", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186368", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD.  45C ANO Aprox. 1988")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186393", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186393", "[ VÍDEO ] ESCAVADEIRA KOMATSU MOD. PC160 ANO 2008")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186364", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186364", "[ VÍDEO ] TRATOR DE ESTEIRA KOMATSU MOD. D30 ANO APROX. 1980 C/ RIPPER MOTOR MB 1113 ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186378", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186378", "[ VÍDEO ] PÁ CARREGADEIRA CASE MOD. W20E ANO APROX. 2002")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>195.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186392", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186392", "[ VÍDEOS ] ESCAVADEIRA CASE MOD. CX220 ANO 2014 - OPERACIONAL")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>195.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186369", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186369", " PÁ CARREGADEIRA MICHIGAN MOD. 75HD - MOTOR MB 113 - TORQUE 28.000-ORBITAL DE FABRICA / PNEUS LARGO/CONCHA GRANDE -OPERACIONAL")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186390", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186390", "[ VÍDEO ] ESCAVADEIRA LIUGONG MOD. LG-915D ANO 2014")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>98.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186375", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186375", "[ VÍDEO ] PÁ CARREGADEIRA KOMATSU MOD. WA320 ANO 2007")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186376", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186376", "[ VÍDEO ] PÁ CARREGADEIRA CASE MOD. W20B Aprox. 1987 - CLARCK 28.000 - MOTOR MB TURBO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186370", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186370", "[ VÍDEO ] MOTONIVELADORA DRESSER MOD. 140C ANO APROX. 1989 - MOTOR MB 352 TURBO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186374", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186374", " GRADE ARADORA MARCA TATU - BACIA E MANCAIS NOVOS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...57 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186365", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186365", "02 GRAMICHEL ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186367", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186367", "LÂMINA DIANTEIRA PARA TRATOR C/ PISTÃO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186366", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186366", "CONCHA CATERPILLAR 924G")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186394", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186394", "[ VÍDEOS ] ESCAVADEIRA NEW HOLLAND MOD. 215B ANO 2014")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...148 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187591", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187591", "[ VÍDEO ] RETROESCAVADEIRA CASE  MOD. 580L ANO 2000/2001-  4X4 TRAÇADO - EMPLACADA. DOC. OK")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...191 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...185 lines deleted...]
-      <c r="F32" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186361", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186361", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-[...25 lines deleted...]
-      <c r="F33" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186371", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186371", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS MOD. FR12B ANO 1995 MOTOR MWM - COM JOY STICK")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186372", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186372", " TRATOR VALMET MOD. 85ID ANO 1982 - MOTOR MWM 4CC - BARRAMENTO HIDRAULICO / TOMADA DE FORÇA - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186373", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186373", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN CLARCK 75III ANO 1979 / 4 PNEUS BONS - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186362", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186362", "CABINE PARA MÁQUINA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-[...286 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186380", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186380", "[ VÍDEO ] PÁ CARREGADEIRA NEW HOLLAND MOD. W160 ANO 2006")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186379", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186379", "[ VÌDEO ] PÁ CARREGADEIRA CASE MOD. W20E ANO APROX. 1999")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>185.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186381", "038")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186381", "ROLO COMPACTADOR VIBRATÓRIO  DE ARRASTO - MOTOR DEUTZ  6 CC - OPERACIONAL")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>