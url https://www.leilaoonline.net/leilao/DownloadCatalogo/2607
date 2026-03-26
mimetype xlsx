--- v0 (2026-02-09)
+++ v1 (2026-03-26)
@@ -269,2011 +269,1763 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187950", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187950", " 100 Caixas MARFINITE KLT-4314 C/TAMPA")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187952", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187952", " 100 Caixas MARFINITE KLT-4314 C/TAMPA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187954", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187954", " 101 Caixas MARFINITE KLT-4314 C/TAMPA")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187944", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187944", " 101 Caixas MARFINITE KLT-4314 C/TAMPA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187898", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187898", " 102 Caixas MARFINITE KLT-4314 C/TAMPA")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187917", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187917", " 102 Caixas MARFINITE KLT-4314 C/TAMPA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187914", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187914", " 103 Caixas MARFINITE KLT-4314 C/TAMPA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187905", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187905", " 103 Caixas MARFINITE KLT-4314 C/TAMPA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187949", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187949", " 104 Caixas MARFINITE KLT-4314 C/TAMPA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187955", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187955", " 104 Caixas MARFINITE KLT-4314 C/TAMPA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187924", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187924", " Aspirador de pó a Vacuo PLANET 50P Vazão de ar 350 L/H")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187899", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187899", " Aspirador de pó a Vacuo PLANET 50P Vazão de ar 350 L/H")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187925", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187925", " CABINE DE JATEAMENTO com exaustor ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187930", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187930", " CABINE DE JATEAMENTO COM PISTOLA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187937", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187937", " FORNO REVENIMENTO MOLAS ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187939", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187939", " MOTOR WEG 50CV")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187911", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187911", " MOTOR 75CV com Inversor")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>6.400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187921", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187921", " Jato de Granalha CMV Bastibras de Esteira, completo")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187934", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187934", " MOTOR 115CV SIEMENS com Inversor SANTERNO - DESMONTADO DE PRENSA FUNCIONANDO ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187935", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187935", " CABINE DE JATEAMENTO com exaustor SEMINOVA - Funcionando")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187908", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187908", " PALETEIRA PALETRANS TRACIONADA PX1225 de 2.5 de elevação - Funcionando")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187915", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187915", " PALETEIRA PALETRANS TRACIONADA PX1225 de 2.5 de elevação - Funcionando ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187933", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187933", " PALETEIRA PALETRANS TRACIONADA PX1225 de2.5 de elevação - Funcionando")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187940", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187940", " PALETEIRA PALETRANS TRACIONADA PX1216 de 1.6 de elevação - Funcionando ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187903", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187903", " PALETEIRA STILL TRACIONADA EGU-18 Funcionando ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187956", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187956", " JATO DE GRANALHA SINTO - funcionando ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187947", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187947", " TORNO DE BANCADA MANROD sem uso")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187918", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187918", " CALDEIRA A VAPOR")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...260 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187942", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187942", " PISTOLA DE METALIZAÇÃO ARC Spray Castolin Eutectic")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187907", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187907", " 5 Frascos SULZER Metco 101B-NS = Pó Oxido Aluminio P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...25 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187945", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187945", " 3 Frascos SULZER Metco 307NS-3 = Pó NICKEL BASE P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187928", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187928", " 3 Frascos SULZER Metco 308NS-3 = Pó NICKEL BASE P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187948", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187948", " 3 Frascos SULZER Metco 52C-NS = Pó Aluminio SILICOM P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187941", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187941", " 3 Frascos SULZER Metco 101B-NS = Pó Aluminio BRONZE P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187958", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187958", " 3 Frascos SULZER Metco 58-NS = Pó COOPERNICKEL P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187938", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187938", " 5 Frascos SULZER Metco 58-NS = Pó COOPER NICKEL P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187916", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187916", " 5 Frascos SULZER Metco 71VF-NS = Pó Carbeto de Tugstenio 12% P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187912", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187912", " 5 Frascos SULZER Metco 72F-NS = Pó Carbeto de Tugstenio 12% P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187926", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187926", " 5 Frascos SULZER Metco 71-NS = Pó Carbeto deTugstenio 12% P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187909", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187909", " 5 Frascos SULZER Metco 43F-NS = Pó Nickel CromoCobalto Cromo P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187929", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187929", " 3 Frascos SULZER Metco 52C-NS = Pó Aluminio SILICOM P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187931", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187931", " 5 Frascos SULZER Metco 101B-NS =Pó Oxido Aluminio P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187927", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187927", " 3 Frascos SULZER Metco 307NS-3 = Pó NICKEL BASE P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187923", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187923", " 3 Frascos SULZER Metco 308NS-3 = Pó NICKEL BASE P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187913", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187913", " 3 Frascos SULZER Metco 52C-NS = Pó Aluminio SILICOM P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187910", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187910", " 3 Frascos SULZER Metco 101B-NS =Pó Aluminio BRONZE P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187901", "049")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187901", " 3 Frascos SULZER Metco 58-NS = Pó COOPER NICKEL P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187932", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187932", " 5 Frascos SULZER Metco 58-NS = Pó COOPER NICKEL P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>60.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187946", "051")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187946", " 5 Frascos SULZER Metco 71VF-NS = Pó Carbeto de Tugstenio 12% P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187919", "052")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187919", " 5 Frascos SULZER Metco 72F-NS =Pó Carbeto de Tugstenio 12% P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187943", "053")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187943", " 5 Frascos SULZER Metco 71-NS = Pó Carbeto de Tugstenio 12% P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187920", "054")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187920", " 5 Frascos SULZER Metco 43F-NS = Pó Nickel Cromo Cobalto Cromo P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187953", "055")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187953", " 5 Frascos SULZER Metco 101B-NS =Pó Oxido Aluminio P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187922", "056")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187922", " 5 Frascos SULZER Metco 101B-NS =Pó Oxido Aluminio P/ METALIZAÇÃO")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187900", "057")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187900", " RETIFICA ADRIATICA")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187902", "058")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187902", " TORNO IMOR OF. 520 FOI FEITO RETIFICA DOS BARRAMENTOS, AJUSTE NOS CARROS, AJUSTE DO CONTRA PONTO")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...25 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187906", "059")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187906", " TORNO CNC AUTOMATICO Placa Pneumatica PASSAGEM COMANDO FAGOR FUNCIONANDO ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>69.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187957", "060")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187957", " TRIDIMENSIONA Mitutoyo B504B")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...57 lines deleted...]
-      <c r="F25" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187904", "061")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187904", " RETIFICA SULMECANICA 750 INTERNA EXTERNA 750 ROLAMENTOS TROCADOS FUNCIONANDO - PRECISA trocar valvula do hidraulico ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187959", "062")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187959", " MESA MAGNETICA 200 X 600 Mitutoyo ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...1438 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187936", "063")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187936", " 5 KITS DE FERRAMENTAS PARA FIBRA OTICA LANscape")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187951", "064")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187951", " Inversor de Frequencia SANTERNO SINUS K113 - Para motores 150CV")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>