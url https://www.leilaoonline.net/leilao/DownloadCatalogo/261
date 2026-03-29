--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11891", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11891", " CAMINHÃO BASCULANTE. MARCA: MERCEDES BENZ. MODELO: LK2638. ANO/MODELO: 2000/2000. COR: BRANCA.     ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11890", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11890", " CAMINHÃO BASCULANTE. MARCA: MERCEDES BENZ. MODELO: LK2638. ANO/MODELO: 2000/2000. COR: BRANCA.     ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>44.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11899", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11899", " CAMINHÃO ROLLON ROL. MARCA: SCÂNIA. MODELO: P 420 A6X4. ANO/MODELO: 2008/2008. COR: BRANCA.     ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11892", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11892", " PÁ ESCAVADEIRA HIDRÁULICA DE ESTEIRA. MARCA: HYUNDAI. MODELO: ROBEX500LC-7A. ANO: 2011. SÉRIE: NB0611222.     ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11894", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11894", " PÁ ESCAVADEIRA HIDRÁULICA DE ESTEIRA. MARCA: HYUNDAI. MODELO: ROBEX320LC-7. ANO: 2010. SÉRIE: N90111930.     ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11889", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11889", " PÁ ESCAVADEIRA HIDRÁULICA DE ESTEIRA. MARCA: HYUNDAI. MODELO: ROBEX320LC-7. ANO: 2010. SÉRIE: N90111931.     ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>16.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11902", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11902", " PÁ ESCAVADEIRA HIDRÁULICA DE ESTEIRA. MARCA: HYUNDAI. MODELO: ROBEX320LC-7. ANO: 2008. SÉRIE: N90111855.     ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>45.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11905", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11905", " PÁ CARREGADEIRA ARTICULADA. MARCA: HYUNDAI. MODELO: HL740TM-7. ANO: 2010. SÉRIE: LF210445. TRAÇÃO: 4X4.     ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>27.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11903", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11903", " PÁ CARREGADEIRA ARTICULADA. MARCA: HYUNDAI. MODELO: HL740-7. ANO: 2010. SÉRIE: LF01JA0001713. TRAÇÃO: 4X4.     ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>26.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11893", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11893", " PÁ CARREGADEIRA ARTICULADA. MARCA: HYUNDAI. MODELO: HL740-7. ANO: 2008. SÉRIE: LF0611396. TRAÇÃO: 4X4.     ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>26.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11910", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11910", " SUCATA DE MANIPULADOR TELESCÓPICO. MARCA: MERLE. MODELO: P38.13. ANO: 2012. SÉRIE: JF1P33T06C2484386. CAPACIDADE: 3800 KG.      ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.150,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11896", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11896", " SUCATA DE MANIPULADOR TELESCÓPICO. MARCA: MERLE. MODELO: P40.17. ANO: 2012. SÉRIE: ZF1P40001C1355684. CAPACIDADE: 4000 KG.      ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.850,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11908", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11908", " SUCATA DE MANIPULADOR TELESCÓPICO. MARCA: MERLE. MODELO: P40.17. ANO: 2012. SÉRIE: ZF1P40001C2488684. CAPACIDADE: 4000 KG.      ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.850,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11907", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11907", " PÁ CARREGADEIRA ARTICULADA. MARCA: HYUNDAI. MODELO: HL757-7. ANO: . SÉRIE: . TRAÇÃO: 4X4.     ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>27.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11897", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11897", " SUCATA DE PÁ CARREGADEIRA ARTICULADA. MARCA: HYUNDAI. MODELO: HL757-7. ANO: 2010. SÉRIE: HHIHLD01EA0001725.      ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11901", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11901", " 01 BATEDOR COM REVESTIMENTO INTERNO EM AÇO INOX, COM MEXEDOR EM AÇO INOX, CAPACIDADE APROX. 200 LITROS,     ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11895", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11895", " 01 PANTÓGRAFO COM BRAÇO ARTICULADO, COM 2 MESAS DE TRABALHO. MEDIDA APROX. DAS MESAS 25CM X 40CM. SERÁ VENDIDO NO ESTADO EM QE SE ENCONTRA - LOC.: SÃO PAULO/SP    ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...139 lines deleted...]
-      <c r="A17" s="5" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11904", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11904", " 10 GRADES PRATELEIRAS MONTÁVEIS, MEDIDA APROX. 2,40MTS X 1,10MTS X 1,10MTS.  SERÁ VENDIDO NO ESTADO EM QE SE ENCONTRA - LOC.: SÃO PAULO/SP    ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11906", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11906", " 01 REDUTOR DE VELOCIDADES, MARCA TRANSMOTÉCNICA, REDUÇÃO 1:4,5, NUMERO: RM5059/3 - SERÁ VENDIDO NO ESTADO EM QE SE ENCONTRA - LOC.: SÃO PAULO/SP    ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11909", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11909", " 01 REDUTOR DE VELOCIDADES, MARCA TRANSMOTÉCNICA, REDUÇÃO 1:15, NUMERO: TR11-15-13.  - SERÁ VENDIDO NO ESTADO EM QE SE ENCONTRA - LOC.: SÃO PAULO/SP    ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...302 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...126 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11900", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11900", " 01 TESOURA DE PODA 8", MARCA EDA. 01 CHAVE COM CABO EMBORRACHADO COM 40 PEÇAS,     ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>