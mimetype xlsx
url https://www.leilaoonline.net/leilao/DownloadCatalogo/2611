--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186550", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186550", " Motoniveladora Volvo G940. Ano 2008")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>77.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186555", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186555", " Pá Carregadeira Caterpillar mod. 950 G. Ano 1999")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186551", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186551", "[ VÍDEO ] Pá Carregadeira Hyundai mod. 740-7A. Ano 2011")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186556", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186556", " Trator de Pneus New Holland modelo TM 150. Ano 2003")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186553", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186553", "[ VÍDEO ] Trator de Pneus Case modelo MXM 180. Ano 2010")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186554", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186554", " Trator de Pneus Case modelo MXM 165. Ano 2010")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186552", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186552", "[ VÍDEOS ] Motoniveladora Caterpilar modelo 120B. Ano 1982")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186558", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186558", " Carroceria de madeira. Dimensões 11,90 x 2,60")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186560", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186560", " 03 Carrinhos de limpeza")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186557", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186557", " 03 Paleteiras diversas cargas")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186559", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186559", " Sirene de evacuação")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186562", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186562", " 02 Sirenes de evacuação")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186561", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186561", " 02 Sirenes de evacuação")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186563", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186563", " 02 motobombas branco combustivel diesel")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186564", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186564", " Diversos acessórios para curvadora de tubo")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186565", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186565", " Máquina portátil de corte e biselamento de tubos Wachs")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186566", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186566", " Cabine aplicação em pá mecânica Hyundai 760/7A")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186567", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186567", " Bomba de transferência")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188447", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188447", " Desmontador de pneus Ebert")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188449", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188449", " Tambor corrugado aplicado em rolo ca 25")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188448", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188448", " [ VÍDEOS ] RETROESCAVADEIRA JCB 4CX ANO 2012")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...606 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188450", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188450", "[ VÍDEO ] ESCAVADEIRA NEW HOLLAND 215ME")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>