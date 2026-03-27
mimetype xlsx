--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -269,2203 +269,1931 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186655", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186655", "71 Itens - Mouse com e sem Fio -  Marcas Dell, Lenovo - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186656", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186656", "83 itens - Teclado com Fio -  Marcas Dell, Lenovo - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186657", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186657", "2 Itens - Impressora Termica bematech mp-4200th - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>290,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186658", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186658", "52 Itens - Samsung Galaxy A12,A7,J5,A71,A10 entre outros - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186659", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186659", "2 Itens - Impressora HP advantage 2516 - HP deskjet F2025 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186660", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186660", "1 Item - Suporte Monitor Duplo Dell + 2 Monitor Lcd 19 Dell E198wfp - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186661", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186661", "2 Itens - Projetor Benq MS531 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186662", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186662", "1 Item - Projetor Dell S500WI - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186663", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186663", "1 Item - Equipamentos de Telefonia diversos - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186664", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186664", "1 Item - Equipamentos de conferencia diversos - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186670", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186670", " 3 ITENS - Dock Station Dell   Monitor 19º    notbook Dell - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>840,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186672", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186672", " 3 ITENS - Dock Station Dell   Monitor 19º    notbook Dell - LOC. IVINHEMA/ MS  ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>840,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186671", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186671", " 3 ITENS - Dock Station Dell   Monitor 19º    notbook Dell - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>840,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186673", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186673", " 3 ITENS - Dock Station Dell   Monitor 19º    notbook Dell - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>840,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186678", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186678", " 3 ITENS - Dock Station Dell   Monitor 19º    notbook Dell - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186677", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186677", " 3 ITENS - Dock Station Dell   Monitor 19º    notbook Dell - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>920,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186686", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186686", " 3 ITENS - Notbook DELL -  Modelo  INSPIRON 15 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186710", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186710", " 3 ITENS - Notbook DELL -  Modelo  INSPIRON 15 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>840,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186702", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186702", " 3 ITENS - Notbook DELL -  Modelo  INSPIRON 15 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>820,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186676", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186676", " 3 ITENS - Notbook DELL -  Modelo  INSPIRON 15 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>940,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186706", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186706", " 3 ITENS - Notbook DELL Modelo  LATITUDE E5540 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>980,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186681", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186681", " 3 ITENS - Notbook DELL Modelo  LATITUDE E5540 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>980,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186674", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186674", " 3 ITENS - Notbook HP Modelo  240 G6 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186680", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186680", " 3 ITENS - Notbook HP Modelo  240 G6 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>960,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186675", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186675", " 3 ITENS - Notbook Dell  Modelo  latitude 3400 - INSPIRON P75F - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186703", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186703", " 3 ITENS - Notbook HP Modelo  240 G6 - Dell latitude - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>920,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186704", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186704", " 3 ITENS - Notbook Dell Modelo  Inspiron - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186690", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186690", " 5 ITENS - Monitor Dell  Modelo E178PC - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186688", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186688", " 5 ITENS - Monitor Dell  Modelo E178PC - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186698", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186698", " 5 ITENS - Monitor Dell  Modelo E178PC - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186693", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186693", " 5 ITENS - Monitor Dell  Modelo E178PC - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186683", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186683", " 5 ITENS - Monitor Dell  Modelo E178PC - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186707", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186707", " 5 ITENS - Monitor Dell  Modelo E178PC - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186687", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186687", " 5 ITENS - Monitor Dell  Modelo E178PC - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186701", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186701", " 5 ITENS - Monitor Dell  Modelo E178PC - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186712", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186712", " 5 ITENS - Monitor Dell  Modelo E178PC - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186691", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186691", " 5 ITENS - Monitor Dell  Modelo E178PC - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186709", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186709", " 5 ITENS - Monitor Dell  Modelo E178PC - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186684", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186684", " 6 ITENS - Monitor Dell  Modelo E178PC - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>360,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186713", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186713", " 5 ITENS - Monitor Dell Modelo E1914hc - Sem pé - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186714", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186714", " 5 ITENS - Monitor Dell Modelo E1914hc - Sem pé - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186705", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186705", " 5 ITENS - Monitor Dell Modelo E1914hc - Sem pé - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186720", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186720", " 5 ITENS - Monitor Dell Modelo E1914hc - Sem pé - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186711", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186711", " 5 ITENS - Monitor Dell Modelo E1914hc - Sem pé - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186682", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186682", " 5 ITENS - Desktop Dell OPTIPLEX-7010 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>520,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186699", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186699", " 5 ITENS - Desktop Dell OPTIPLEX-7010 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>680,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186697", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186697", " 5 ITENS - Desktop Dell OPTIPLEX-7010 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186723", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186723", " 5 ITENS - Desktop Dell OPTIPLEX-7010 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>740,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186715", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186715", " 5 ITENS - Desktop Dell OPTIPLEX-7010 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>680,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186679", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186679", " 5 ITENS - Desktop Dell OPTIPLEX-7010 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186708", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186708", " 5 ITENS - Desktop Dell OPTIPLEX-7010 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186722", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186722", " 5 ITENS - Desktop Dell OPTIPLEX-790 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>580,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186689", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186689", " 5 ITENS - Desktop Dell OPTIPLEX-790 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>560,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186695", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186695", " 5 ITENS - Desktop Dell OPTIPLEX-790 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186692", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186692", " 5 ITENS - Desktop Dell  OPTIPLEX-7020 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.040,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186721", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186721", " 5 ITENS - Desktop Dell  OPTIPLEX-7020 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.060,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186685", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186685", " 5 ITENS - Desktop Dell  OPTIPLEX-7020 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.040,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186696", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186696", " 5 ITENS - Desktop Dell  OPTIPLEX-7020 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.060,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186700", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186700", " 5 ITENS - Desktop Dell  INSPIRON 3470 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186718", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186718", " 5 ITENS - Desktop Dell  OPTIPLEX 780 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186719", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186719", " 5 ITENS - Desktop Dell  OPTIPLEX-7010 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>780,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186716", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186716", " 5 ITENS - Desktop Dell  OPTIPLEX-7010 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>780,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186717", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186717", " 5 ITENS - Desktop Dell  OPTIPLEX-7010 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>680,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186694", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186694", " 5 ITENS - Desktop Dell  OPTIPLEX-7010 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>580,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186725", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186725", " 5 ITENS - Desktop Dell  OPTIPLEX-790 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>520,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186724", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186724", " 7 ITENS - Desktop Dell  OPTIPLEX-7020 - LOC. IVINHEMA/ MS")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.160,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186653", "10025")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186653", "17 NOTEBOOKS DELL - VEJA DESCRITIVO DE ITENS - LOCALIZAÇÃO: MONTE BELO/ MG")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...176 lines deleted...]
-      <c r="A21" s="5" t="inlineStr">
+      <c r="D77" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="B21" s="4" t="inlineStr">
-[...1805 lines deleted...]
-      </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186654", "10026")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186654", "16 DESKTOPS DELL - VEJA DESCRITIVO DE ITENS - LOCALIZAÇÃO: MONTE BELO/ MG")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>