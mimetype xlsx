--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,827 +269,727 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188746", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188746", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188496", "010")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188496", "CAMIONETE S10 LS DS 4; 2012/2013; DIESEL - FUNCIONANDO - FROTA 45")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>74.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188497", "011")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188497", "CAMIONETE S10 LS DD4; 2017/2018; PRATA - FUNCIONANDO - FROTA H83")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188498", "012")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188498", "CHEVROLET/S10 LS DD4; 2018/2019; COR FANTASIA; DIESEL; CABINE DUPLA - FUNCIONANDO - FROTA 15")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>63.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188499", "013")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188499", "CHEVROLET/S10 LS DD4; 2019/2020; COR FANTASIA; DIESEL; CABINE DUPLA - FUNCIONANDO - FROTA 77")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>63.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188500", "014")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188500", "CHEVROLET/S10 LS DD4; 2018/2019; COR FANTASIA; DIESEL; CABINE DUPLA - FUNCIONANDO - FROTA 65")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>79.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188745", "020")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188745", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2021/2022; BRANCA; DIESEL - FUNC. - IPVA 2023 OK - APROX. 13.100KM - FIPE R$ 263.987,00")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>153.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187413", "025")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187413", "FIAT STRADA HC WC CCE; 2018/2018; ALCO./GASOL. - FUNCIONANDO - PLACA FINAL E59")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>35.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188747", "027")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188747", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187414", "030")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187414", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; ALCO./GASOL. - FUNCIONANDO - PLACA FINAL 730")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>28.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187415", "035")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187415", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; ALCO./GASOL. - FUNCIONANDO - PLACA FINAL 749")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187416", "040")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187416", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; ALCO./GASOL. - FUNCIONANDO - PLACA FINAL 814")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188491", "045")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188491", "CAMINHÃO IVECO/TRAKKER 720T 42TN; 2009/2010; ANO TIPO TRAÇÃO CAMINHÃO TRATOR")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>53.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188493", "050")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188493", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 58")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>76.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188494", "051")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188494", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 16")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>77.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188490", "105")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188490", "CAMINHÃO M. BENZ; MOD 1513; 1979/1979 - SUCATA SEM DIREITO A DOCUMENTAÇÃO COM BAIXA PERMANENTE")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187418", "115")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187418", "EMPILHADEIRA ELÉTRICA MOD FB30; CAP. 3 TON.; ANO 2011; BATERIA COM 97% VIDA UTIL")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>22.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187417", "120")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187417", "GUINDASTE FNV BUCYRUS ERIE; CAP. DE 30 TON.; EMPLACADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187419", "125")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187419", "MINI TRATOR; MARCA BALDAN; MOD TB12")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...196 lines deleted...]
-      <c r="C18" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187420", "140")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187420", "MOTONIVELADORA PATROL HUBER WARCO - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187421", "145")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187421", "CAÇAMBA COMPACTADORA DE LIXO PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187422", "150")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187422", "CAÇAMBA COMPACTADORA DE LIXO PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187423", "155")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187423", "COMPACTADOR DE LIXO; MARCA PLANALTO; 19 METROS CUBICOS; PARA CAMINHÃO TRUCADO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...281 lines deleted...]
-      <c r="F27" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187424", "160")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187424", "COMPACTADOR DE LIXO; MARCA PLANALTO; 19 METROS CUBICOS; PARA CAMINHÃO TRUCADO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...222 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188495", "161")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188495", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 94")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>76.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>