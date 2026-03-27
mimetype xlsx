--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,1275 +269,1119 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188663", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188663", " PÁ CARREGADEIRA - CATERPILLAR - 924H -  NO ESTADO.  ANO:  2010. PLACA:  PAC0911 MÁQUINA EM OPERAÇÃO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188662", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188662", " CAMINHAO COMPACTADOR 19 M3 - FORD - 1723 - 6X2 -  NO ESTADO.  ANO:  2013. PLACA:  OUN2F76 CHASSI:   9BFYEAHDXDBS39265 VEICULO SEM BATERIA, SEM ESTEPE, SEM CHAVE DE RODA MACACO, ALGUNS RISCOS NA LATARIA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>119.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188664", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188664", " CAMINHAO COMPACTADOR 19 M3 - VOLKSWAGEN - 17280 - T6 8X2 . NO ESTADO.  ANO:  2013. PLACA:  FGQ3324  CHASSI:  95365824XER416923 EQUIPAMENTO OK - EM OPERAÇÃO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>114.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188668", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188668", " CAMINHAO POLIGUINDASTE SIMPLES VOLKSWAGEN 17190 4X2 NO ESTADO.  ANO:  2013 PLACA:  EVT2941 CHASSI:  9533E8241DR357908 RENAVAM:  00596812060. KM ATUAL APROX. 567,118 HORÍM. APROX. 9,376 OBS:  Veículo ok, está operacional")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>138.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188666", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188666", " CAMINHAO COMPACTADOR 15 M3 FORD 1723 4X2 NO ESTADO.  ANO:  2013 PLACA:  OUO9918 CHASSI:  9BFYEAHD3DBS39270  RENAVAM:  00567454738. KM ATUAL APROX. 310,477 HORÍM. APROX. 19,495 OBS:  Veículo ok, está operacional")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188665", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188665", " CAMINHÃO SEM IMPLEMENTO - SOMENTE CHASSIS FORD 1319 4X2 NO ESTADO.  ANO:  2012 PLACA:  AWH5I97 CHASSI:  9BFXEB1B8DBS27674 RENAVAM:  500738840. KM ATUAL APROX. 133,396 HORÍM. APROX. 7,538 OBS:  Veículo ok, está operacional")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188669", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188669", " CAMINHÃO SEM IMPLEMENTO - SOMENTE CHASSIS VOLKSWAGEN 17280. 6X2 NO ESTADO.  ANO:  2013 PLACA:  AYP1766 CHASSI:  953658246ER418216 RENAVAM:  01014986017. OBS:  Vendido sem câmbio, sem diferencial, sem cardan. Acidentado com chassis empenado.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188670", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188670", " CAMINHAO COMPACTADOR 15 M3 VOLKSWAGEN 17230 4X2 NO ESTADO.  ANO:  2016 PLACA:  GDK4365 CHASSI:  9533G8244GR608449 RENAVAM:  01089342460. KM ATUAL APROX. 248,519 HORÍM. APROX. 17,981 OBS:  Veículo ok, está operacional")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>155.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188667", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188667", " CAMINHAO COMPACTADOR 15 M3 VOLKSWAGEN 17280 4X2 NO ESTADO.  ANO:  2013 PLACA:  AYO3G56 CHASSI:  953658243ER416245 RENAVAM:  01055168181. KM ATUAL APROX. 253,030 HORÍM. APROX. 15,155 OBS:  Veículo ok, está operacional")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>96.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188673", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188673", " Amplificador - Loud Apl 250 NO ESTADO.  OBS:  Funcionando quando foi desinstalado")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188674", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188674", " Amplificador- Loud CSS NO ESTADO.  Funcionando quando foi desinstalado")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188671", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188671", " Aparelho Som- Sony NO ESTADO.  OBS:  Funcionando quando foi desinstalado")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188672", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188672", " Aparelho Som- Denon NO ESTADO.  OBS:  Funcionando quando foi desinstalado")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188676", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188676", " Blade Center- IBM NO ESTADO.  OBS:  Não está funcionando")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188675", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188675", " Blu-ray -LG  NO ESTADO.  OBS:  Funcionando quando foi desinstalado")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188677", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188677", " Caixa de Som -JBL NO ESTADO.  OBS:  Funcionando quando foi desinstalado")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188678", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188678", " 4 Desktops -Optiplex 3010 NO ESTADO.  OBS:  Funcionando quando foi desinstalado")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188679", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188679", " Desktop MAC - Apple macOS High Sierra NO ESTADO.  OBS:  Funcionando quando foi desinstalado")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188681", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188681", " Impressora - HP OFFICEJET 6500A NO ESTADO.  OBS:  Funcionando")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188680", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188680", " Impressora -HP Deskjet 2546 NO ESTADO.  OBS:  Funcionando")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188682", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188682", " Impressora -HP Deskjet 2546 NO ESTADO.  OBS:  precisa de manutenção")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188683", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188683", " Nobreak -SUNTR MI20KVA NO ESTADO.  OBS:  Não está funcionando")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188685", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188685", " 9 Rack's NO ESTADO.  OBS:  Desmontado")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188684", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188684", " Receiver - Marantz NO ESTADO.  OBS:  Funcionando quando foi desinstalado")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188686", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188686", " Tape Library -POWER VOLT TL2000 NO ESTADO.  OBS:  Com defeito")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188688", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188688", " TV LG -42LV3500 NO ESTADO.  OBS:  Funcionando")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188687", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188687", " TV LG - 42PC5RV NO ESTADO.  OBS:  Funcionando")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A17" s="5" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188690", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188690", " TV LG -32LV5500 NO ESTADO.  OBS:  Funcionando")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188689", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188689", " TV LG - 42PC5RV NO ESTADO.  OBS:  Funcionando")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188691", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188691", " 2 TV Philips - 32PFL4007D/78 NO ESTADO.  OBS:  Funcionando")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188692", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188692", " 2 VoxStorm - Audio System VSU500 NO ESTADO.  OBS:  Funcionando quando foi desinstalado")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189038", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189038", "CAMINHAO SEM IMPLEMENTO - VOLKSWAGEN - 24330 - 6X2 - 2013/2013    NO ESTADO.    PLACA:  FDG1C44 CHASSI:  9536Y8246DR358122 RENAVAM:  991946626.     OBS:  Fulinaria e acabamentos ruins, motor funcionando, cambio faltando sensores, MAIS DETALHES: SINTESE ANEXO. ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...57 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189039", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189039", "CAMINHAO COMPACTADOR 19 M3 - FORD - 1723 - 6X2 - 2013/2013    NO ESTADO.    PLACA:  OUO1427 CHASSI:  9BFYEAHD0DBS39274 RENAVAM:  567456072. -OBS:  Veiculo em bom estado, motor feito por completo recentemente. MAIS DETALHES: SINTESE ANEXO.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>102.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...192 lines deleted...]
-      <c r="A26" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189040", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189040", "CAMINHAO COMPACTADOR 15 M3 - FORD - 1723 - 4X2 - 2013/2013 , NO ESTADO.    PLACA:  OUO2732 CHASSI:  9BFYEAHD8DBS39278 RENAVAM:  567458067 OBS:  Veiculo em bom estado, motor funcionando perfeitamente.  MAIS DETALHES: SINTESE ANEXO.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="B26" s="4" t="inlineStr">
-[...531 lines deleted...]
-      <c r="F42" s="4" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>93.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-[...25 lines deleted...]
-      <c r="F43" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189041", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189041", "RETROESCAVADEIRA - CASE - 580L - 2011 - NO ESTADO. PLACA:  RTR1051 CHASSI:  N6AH00756")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>88.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-[...25 lines deleted...]
-      <c r="F44" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189042", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189042", "CAMINHAO COMPACTADOR 19 M3 - VOLKSWAGEN - 17280 - 6X2 - 2013/2014 -  NO ESTADO.  PLACA:  FGQ3313 CHASSI:  953658241ER417054 RENAVAM:  00 996071938     OBS:  VEÍCULO OK - ESTÁ OPERACIONAL // 4º EIXO NÃO SERÁ RETIRADO. MAIS DETALHES: SINTESE ANEXO.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-[...25 lines deleted...]
-      <c r="F45" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189043", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189043", "CAMINHAO COMPACTADOR 15 M3 - VOLKSWAGEN - 17280 - 4X2 - 2013/2014    NO ESTADO.    PLACA:  AYO3G54 CHASSI:  953658247ER415695 RENAVAM:  1055166553     OBS:  Veículo em bom estado. Tudo OK, estava operacional. Vendido no estado em que se encontra. MAIS DETALHES: SINTESE ANEXO.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-[...25 lines deleted...]
-      <c r="F46" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189044", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189044", "CAMINHAO GARRA SUCATEIRA GRILMALDI 23 TON - MERCEDES BENZ -ATEGO 2425 - 6X2 - 2011/2012    NO ESTADO.    PLACA:  FCB6D38 CHASSI:  9BM958094CB840263 RENAVAM:  465532101     OBS:  Veículo Ok, estava operacional. Vendido no estado em que se encontra.  MAIS DETALHES: SINTESE ANEXO.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>180</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>307.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-[...62 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189045", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189045", "CAMINHAO COMPACTADOR 15 M3 - FORD CARGO - 1717 E - 4X2 - 2011/2011    NO ESTADO.    PLACA:  AUG8C92 CHASSI:  9BFYCE6U5BBB81047 RENAVAM:  339078570     OBS:  Veículo Ok, estava operacional. Vendido no estado em que se encontra. MAIS DETALHES: SINTESE ANEXO.")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>88.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>