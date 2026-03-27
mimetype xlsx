--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,923 +269,811 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188764", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188764", "[ VÍDEOS ] ESCAVADEIRA CATERPILLAR MOD. 336 D ANO Aprox.. 2011")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>390.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188779", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188779", "TOYOTA / BANDEIRANTE 4x4  ANO 1987/1987 - DIESEL - COR VERDE")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188750", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188750", "[ VÍDEO ] PÁ CARREGADEIRA CASE. MOD. 621D. ANO 2006. OPERACIONAL")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188770", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188770", "[ VÍDEOS ] PÁ CARREGADEIRA CATERPILLAR MOD. 924F ANO 1997")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188774", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188774", "[ VÍDEO ] TRATOR DE ESTEIRA CATERPILLAR MOD. D6D ANO 1988 - TORQUE")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>195.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188769", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188769", "[ VÍDEO ] TRATOR DE ESTEIRA KOMATSU MOD. D50A ANO 1989  - RODANTE NOVO - TURBINADO MOTOR M.BENZ -COMPLETO COM RIPPER ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>320.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188771", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188771", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD. 55A  ANO Aprox. 1982")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188777", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188777", "[ VÍDEO ] ESCAVADEIRA KOMATSU MOD. PC160 ANO 2008")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188751", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188751", "[ VÍDEO ] TRATOR DE ESTEIRA KOMATSU MOD. D30 ANO APROX. 1980 C/ RIPPER MOTOR MB 1113 ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188765", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188765", "[ VÍDEO ] PÁ CARREGADEIRA CASE MOD. W20E ANO APROX. 2002")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>195.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188776", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188776", "[ VÍDEOS ] ESCAVADEIRA CASE MOD. CX220 ANO 2014 - OPERACIONAL")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>195.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188756", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188756", " PÁ CARREGADEIRA MICHIGAN MOD. 75HD - MOTOR MB 113 - TORQUE 28.000-ORBITAL DE FABRICA / PNEUS LARGO/CONCHA GRANDE -OPERACIONAL")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189201", "018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189201", "[ VÍDEO ] ESCAVADEIRA LIUGONG MOD. LG-915D ANO 2014")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>98.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188762", "019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188762", "[ VÍDEO ] PÁ CARREGADEIRA KOMATSU MOD. WA320 ANO 2007")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>210.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188763", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188763", "[ VÍDEO ] PÁ CARREGADEIRA CASE MOD. W20B Aprox. 1987 - CLARCK 28.000 - MOTOR MB TURBO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188757", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188757", "[ VÍDEO ] MOTONIVELADORA DRESSER MOD. 140C ANO APROX. 1989 - MOTOR MB 352 TURBO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188761", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188761", " GRADE ARADORA MARCA TATU - BACIA E MANCAIS NOVOS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188752", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188752", "02 GRAMICHEL ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188754", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188754", "LÂMINA DIANTEIRA PARA TRATOR C/ PISTÃO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188753", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188753", "CONCHA CATERPILLAR 924G")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188778", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188778", "[ VÍDEOS ] ESCAVADEIRA NEW HOLLAND MOD. 215B ANO 2014")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188780", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188780", "[ VÍDEO ] RETROESCAVADEIRA CASE  MOD. 580L ANO 2000/2001-  4X4 TRAÇADO - EMPLACADA. DOC. OK")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191196", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191196", "ROLO REBOCAVEL MOTOR MWM 4CC ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188748", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188748", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188760", "033")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188760", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN CLARCK 75III ANO 1979 / 4 PNEUS BONS - FUNCIONANDO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188749", "034")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188749", "CABINE PARA MÁQUINA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188767", "035")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188767", "[ VÍDEO ] PÁ CARREGADEIRA NEW HOLLAND MOD. W160 ANO 2006")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188768", "038")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/188768", "ROLO COMPACTADOR VIBRATÓRIO  DE ARRASTO - MOTOR DEUTZ  6 CC - OPERACIONAL")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>