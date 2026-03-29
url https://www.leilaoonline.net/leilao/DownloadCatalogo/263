--- v0 (2025-12-14)
+++ v1 (2026-03-29)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11964", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11964", " TRATOR MASSEY FERGUSSON 290")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11953", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11953", " CAMINHÃO BASCULANTE SCANIA 111, ANO 1976, TRAÇADO 6X4")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11961", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11961", " CARRETA PRANCHA MARCA RANDON, ANO E MODELO 2011")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>63.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11954", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11954", " LOTE DE EMBREAGEM CENTRAL COMPLETA DO TRATOR DE ESTEIRA FIATALLIS AD7B")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11957", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11957", " LOTE DE EMBREAGEM CENTRAL DO TRATOR DE ESTEIRA FIAT AD7B ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11952", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11952", " LOTE CONTENDO 02 CAIXAS DO REVERSOR DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11959", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11959", " LOTE CONTENDO 02 PISTÃO HIDRÁULICO DA LAMINA DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11955", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11955", " LOTE CONTENDO 02 RODAS GUIAS RECONDICIONADAS COM MIOLO DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11958", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11958", " LOTE CONTENDO 02 RODAS GUIAS RECONDICIONADAS SEM MIOLO DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11951", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11951", " LOTE CONTENDO 02 RODAS GUIAS RECONDICIONADAS DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11960", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11960", " LOTE CONTENDO 02 RODAS MOTRIZES DO TRATOR DE ESTEIRA FIAT FD9")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11950", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11950", " LOTE CONTENDO 03 RODAS MOTRIZES DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11967", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11967", " LOTE CONTENDO 03 RODAS GUIAS RECONDICIONADAS DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11956", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11956", " LOTE CONTENDO 04 SEGMENTO MOTRIZ RECONDICIONADO DO TRATOR DE ESTEIRA FIAT 7D")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...110 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11949", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11949", " LOTE CONTENDO 07 PROTETOR DE CANO HIDRAULICO DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11962", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11962", " LOTE CONTENDO 01 CARCAÇA E 02 REDUTORES LATERAIS DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11948", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11948", " LOTE CONTENDO APROX. 104 ELOS (LINK) DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11965", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11965", " LOTE CONTENDO APROX. 125 ELOS (LINK) DO TRATOR DE ESTEIRA CATERPILLAR D4")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11968", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11968", " LOTE CONTENDO 01 MOTOR MWM DO TRATOR DE ESTEIRA FIAT AD7B, 6 CILINDROS DESMONTADO E FALTANDO COMPONENTES")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11963", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11963", " LOTE CONTENDO 01 RABICHO FIXO DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11966", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11966", " LOTE CONTENDO 01 RABICHO FIXO DO TRATOR DE ESTEIRA CATERPILLAR D6D E 01 ROLETE DUPLO RECONDICIONADO.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11971", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11971", " LOTE CONTENDO APROX. 20 ROLETES USADOS E 04 RODAS GUIAS USADAS DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...542 lines deleted...]
-      </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11970", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11970", " LOTE CONTENDO 01 SUPORTE DE BATERIA E 01 PROTETOR DE CANO DO TRATOR DE ESTEIRA FIAT AD7B")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11972", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11972", " LOTE CONTENDO TAMPA DA EMBREAGEM E DO DIFERENCIAL DO TRATOR DE ESTEIRA FIAT AD7B")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>