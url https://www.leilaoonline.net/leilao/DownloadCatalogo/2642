--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,443 +269,391 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189214", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189214", "[ VÍDEOS ] ESCAVADEIRA HIDRÁULICA CASE CX470B. 47 toneladas , com kit para Rompedor (não acompanha o rompedor). Operacional")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189202", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189202", " Escavadeira cx 220C , no estado que se encontra")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189212", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189212", " Sennebogen , manipulador de sucatas , sem motor , no estado que se encontra , ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189211", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189211", " Mini rolo compactador Dynapac sem motor , no estado que se encontra")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189203", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189203", "[ VÍDEO ] Escavadeira hidráulica cx350 b , semi nova , ano 2013 , totalmente operacional , rodante 85% , no estado que se encontra ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>290.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189213", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189213", "Ônibus / pas, VW9150, ano 2007/2008 , Neobus Thunder , 22 lugares , motor e freios revisados , no estado que se encontra")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189205", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189205", " Trator shantui sd 16 , com transmissão aberta ! Motor em ótimo estado , no estado que se encontra ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189206", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189206", " Trator shantui SD 16 , desmanchado , no estado que se encontra")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189204", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189204", " Escavadeira jonh deere , operacional , no estado que se encontra")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189208", "021")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189208", " Torre de iluminação, falta peças e partes , no estado que se encontra")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189209", "022")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189209", " Torre de iluminação faltando peças e partes , no estado que se encontra")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189210", "023")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189210", " [ VÍDEO ] Grupo gerador motor Yanmar, funcionando")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189207", "024")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189207", " Rompedor Atlas Copco 4100, operacional semi novo. Para escavadeira de 45 , 50 e 60 toneladas ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>