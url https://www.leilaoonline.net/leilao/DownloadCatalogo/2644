--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189219", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189219", " (5 itens) -  1 pistola elétrica para pintura sem uso + 1 serra tico tico pneumática sem uso+ 1 vídeo k7 Panasonic + 1 DVD Samsung + 1 DVD philps")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189228", "004")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189228", " Aprox. 80 itens. Veja especificações.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189229", "007")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189229", " (50 Itens) 19 Câmeras automotiva sem uso,  6 Chicotes para câmera de ré automotiva sem uso, 3 Calhas automotiva sem uso, 6 Correias dentadas automotiva sem uso, 16 Tensionadores / polia automotiva sem uso. Veja especificações.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189220", "010")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189220", "  Peças para piscina sem uso")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189223", "013")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189223", " ( 3 itens) Vulcanizadora de camara de ar profissional  Vulcanizadora de pneu fixa profissional   calibrador analógico  com bico de encher. itens sem uso.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189221", "015")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189221", " Lote com aproximadamente 60 calotas de rodas automotivas")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189224", "016")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189224", " ( 3 itens) Vulcanizadora de camara de ar profissional  Vulcanizadora de pneu fixa profissional  Kit espatula truck com trava . itens sem uso.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189222", "017")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189222", " ( 2 itens) 1 bazuca assentador de talão profissional   1 kit espatula truck p/ pneu sem camara de caminhao. Itens sem uso. ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189226", "018")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189226", " ( 8 itens) artesanato de mdf moto harley 3 com suporte de vinho e 5 com 2 bancos. Sem uso. ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189225", "019")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189225", " ( 4 itens) 2 pistola eletrica pintura   2 filtro automotivo itens sem uso. ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189217", "026")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189217", "( 13 itens) 1 pistola elétrica de pintura sem uso + 12 pares de manete de motos diversas, produto sem uso. ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>