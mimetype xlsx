--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189383", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189383", " Ensiladeira")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189388", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189388", " Cabine")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189384", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189384", " Pulverizador")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189390", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189390", " Traseira de retroescavadeira")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189395", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189395", " Carretinha 02 eixos")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189387", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189387", " Carretinha 02 eixos")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189386", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189386", " Carretinha - 02 eixos - Sem rodas")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189385", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189385", " Carroceria de Ferro - Ford 11.000")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189393", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189393", " Roçadeira Ninja Kamaq")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189397", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189397", " Concha Dianteira")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189396", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189396", " Lote com: 24 pesos - New Holland")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189391", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189391", " Lâmina com Suporte")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189389", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189389", " Roçadeira Simples")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189392", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189392", " Grade")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...382 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189394", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/189394", " Cabine de Case MX")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>