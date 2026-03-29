--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12206", "15084")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12206", " I/VW TIGUAN 2.0 TSI, ANO/MOD. 2013/2014, COR PRETA, COMB GASOLINA,  APROX. 72.930 KM")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12208", "15086")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12208", " I/VW TIGUAN 2.0 TSI, ANO/MOD. 2013/2013, COR CINZA, COMB GASOLINA,  APROX. 111.928 KM")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12207", "15089")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12207", " I/VW PASSAT 2.0T, ANO/MOD. 2014/2014, COR PRATA, COMB GASOLINA,  APROX. 56.461 KM")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>53.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12209", "15090")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12209", " I/VW TIGUAN 2.0 TSI, ANO/MOD. 2013/2014, COR BRANCO, COMB GASOLINA,  APROX. 107.076 KM")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>47.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12211", "15111")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12211", " I/VW TIGUAN 2.0 TSI, ANO/MOD. 2011/2012, COR PRETA, COMB GASOLINA,  APROX. 68.300 KM")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>47.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12212", "15112")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12212", " I/VW PASSAT 2.0T, ANO/MOD. 2013/2014, COR AZUL, COMB GASOLINA,  APROX. 74.575 KM")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>52.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12210", "15115")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12210", " I/VW PASSAT 2.0T, ANO/MOD. 2013/2014, COR BRANCO, COMB GASOLINA,  APROX. 82.000 KM")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>51.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12320", "15116")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12320", "I/VW TOUAREG 3.6 V6 ANO/MOD 2013/2014, GASOLINA, BLINDADO        • CR OBRIGATÓRIO •")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>66.550,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12321", "15117")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12321", "I/AUDI Q3 2.0 TFSI ANO/MOD 2014/2015; ALCO,/GASOL.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>74.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>