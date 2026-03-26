--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,1179 +269,1035 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190044", "003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190044", " CAMINHÃO-PIPA VOLKS WORKER 26260E, ANO: 2011/2011; PL: ECM8B93; CH: 9533B82U9BR157591; RENAVAM: 340800119; OBS.: TANQUE GASCOM, MOTOR FUNCIONANDO, SEM DIFERENCIAL  OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190045", "004")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190045", " CAMINHÃO VOLVO VM 270 4X2; ANO: 2013/2013; PL.: FFN9A99; CH: 93KK0R1A3DE142249; RENAVAM: 568951859; OBS.: MOTOS NÃO TESTADO, FALTANDO PARTES E COMPONENTES OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190046", "007")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190046", " CAMINHÃO VOLVO VM 260 6X4; ANO: 2009/2009; PL: EDA4D08; CH: 93KK0E0D19E117959; RENAVAM: 139913521; FUNCIONANDO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>105.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190047", "008")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190047", " CAMINHÃO VOLVO VM 310 6X4; ANO: 2006/2007; PL: BLM7E24; CH: 93KK0F0D97E109045; RENAVAM: 907936083; FUNCIONANDO; COM CAÇAMBA 18M³ OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190048", "011")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190048", " ROLO LISO TEMATERRA SPV735; ANO: 1981 OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190049", "014")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190049", " ROLO TANDEM YTO; ANO: 2012, FUNCIONANDO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190050", "016")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190050", " TRATOR DE ESTEIRA FIATALLIS HD11; ANO: 1973; FUNCIONANDO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190051", "017")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190051", " RETROESCAVADEIRA JCB 3C; ANO: 2007; FUNCIONANDO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190052", "019")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190052", " RETROESCAVADEIRA CATERPILLAR 416E; ANO: 2010; FUNCIONANDO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190054", "020")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190054", " PATROL HUBBERWARCO 140M; FUNCIONANDO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190055", "021")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190055", " PATROL CATERPILLAR 120B; ANO: 1976; MOTOR NÃO TESTADO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190057", "022")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190057", " PATROL CATERPILLAR 120B; SUCATA OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190053", "023")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190053", " PATROL CATERPILLAR 12E; MOTOR NÃO TESTADO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190056", "024")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190056", " PATROL CATERPILLAR 120B; ANO: 1977; FUNCIONANDO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190058", "025")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190058", " PÁ CARREGADEIRA VOLVO L50; ANO: 2008; MOTOR FUNCIONANDO, NÃO ANDA OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190061", "026")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190061", " PÁ CARREGADEIRA CATERPILLAR 924G2; ANO: 2008; FUNCIONANDO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190059", "027")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190059", " TRATOR MASSEY FERGUSON 640; ANO: 2002; FUNCIONANDO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190060", "028")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190060", " ESCAVADEIRA FIATALLIS FH200; ANO: 2000, FUNCIONANDO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190062", "029")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190062", " VW SAVEIRO 1.6; ANO: 2009/2009; FLEX; PL: final 3; ; FUNCIONANDO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190064", "030")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190064", " FIAT FREEMONT PRECISION; ANO: 2012/2012; GASOLINA; PL: final: 3; : ; MOTOR NÃO TESTADO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190063", "031")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190063", " VW VOYAGE 1.0; ANO: 2012; FLEX; PL: final: 3; FUNCIONANDO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190065", "032")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190065", " HYUNDAI VERA CRUZ 3.8 V6; ANO: 2009/2010; GASOLINA; PL: final2; ; FUNCIONANDO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190066", "033")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190066", " FORD FOCUS 1.6 SE; ANO: 2013/2014; PL: final: 3; ; FUNCIONANDO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190067", "036")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190067", " GIRICO BASCULANTE DUMPER HÉRCULES OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190068", "037")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190068", " GRADE ARADORA TATU OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190069", "038")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190069", " TANQUE ESPARGIDOR 6000 LITROS OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190071", "039")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190071", " TRANSBORDO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190070", "040")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190070", " TRANSBORDO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190073", "041")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190073", " COMPRESSOR MOTOR 12CV OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190072", "042")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190072", " COMPRESSOR SEM MOTOR OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190074", "045")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190074", " PLAINA OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190075", "046")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190075", " SERRA CIRCULAR OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190076", "047")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190076", " ROLO LISO DE ARRASTO OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190077", "048")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190077", "Escavadeira Komatsu PC160 2012, operacional funcionando..VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>166.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190078", "049")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190078", "Retro escavadeira JCB 3cxtt Cabinada 4x4 2016, operacional . OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...868 lines deleted...]
-      <c r="F44" s="4" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190079", "050")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190079", "Escavadeira JCB JS200 2009, parte elétrica não testado. OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>