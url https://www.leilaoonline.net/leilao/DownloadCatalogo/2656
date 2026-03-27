--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -269,2651 +269,2323 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191341", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191341", " TRANSMISSÃO P/ TRATOR DE ESTEIRA D6D DE TORQUE")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191343", "005")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191343", " PEÇAS DIVERSA DO MOTOR C7")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191345", "006")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191345", " TURBINA, ALTERNADOR, TROCADOR DE CALOR, E UMA BOMBA DAGUA MOTOR C7")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191350", "007")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191350", " CAPA SECA E VOLANTE MOTOR C7")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191347", "008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191347", " PEÇAS DIVERSA DO MOTOR C7")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191266", "011")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191266", " PEÇAS DIVERSAS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191334", "012")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191334", "DIFERENCIAL VOLVO M10 C/REDUTOR DE CUBO TRASEIRO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191265", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191265", " MANGOTE COM BOMBA ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191260", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191260", " LOTE DE DIVERSAS FERRAMENTAS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191259", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191259", " MOTO BOMBA MOTOR TOYAMA ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191333", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191333", "RADIADOR DO TEMA TERRA  SP255")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191332", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191332", "RADIADOR VOLVO M10")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191330", "018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191330", " TAMPA LATERAL ESQUERDA CAT 924H")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191317", "019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191317", "[ VÍDEO ] DISCO DE GIRO DA AKERMAN COM 79 DENTES, 36 FUROS INTERNOS, E 50 EXTERNOS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191309", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191309", " TRAVA HIDRAULICA DA CELA DA VOLVO G940")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191304", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191304", " SUIVER DA CAT 320BL")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191299", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191299", " PISTÃO DO STICK DA FX215")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191298", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191298", " PISTÃO DO CAIXOTE 621S")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191291", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191291", " 2 RODA GUIA DE ACABADORA VOGELLI 14AB/AB500")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191290", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191290", " PAR DE MOLAS DA ACADORA VOGELLI 14AB/AB500")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191282", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191282", " RADIADOR DE OLEO DA ESCAVADEIRA VOLVO 210")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191280", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191280", " RODA GUIA DE FX215")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191279", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191279", " RADIADOR DE ÁGUA DA KOMATSU PC220")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191276", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191276", "[ VÍDEO ] COROA DE GIRO FIATALLIS FX215")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191275", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191275", " RADIADOR DE ÓLEO DE KOMATSU PC220")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191274", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191274", "PAR DE BRAÇINHOS E 2 PINOS DA CONCHA DA FX215")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191273", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191273", " RADIADOR DE ÁGUA E ÓLEO FX215")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191272", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191272", " H DA CONCHA ESCAVADEIRA FX215")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191268", "034")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191268", " RADIADOR  DE ÁGUA CAT 325C")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191267", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191267", " RADIADOR HIDRÁULICO  CAT 325C")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191264", "036")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191264", "CABEÇOTE MOTOR CUMMINS ESMALCAN")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191263", "037")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191263", " CONJUNTO VIRABREQUIM D7 M.025 B.030")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191262", "038")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191262", " ESTEIRA DE PUCHE VOGELE  MODELO 14AB2280 / 14AB/AB500")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191261", "039")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191261", " RADIADOR DA ACABADORA VOGELE MODELO 14AB2280 / 14AB/AB500")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191325", "040")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191325", " RADIADOR MOTO SCRAPER 621A 621B")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191313", "041")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191313", " MOTOR SMALCAN")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191308", "042")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191308", " JOGO DE ALAVANCAS COM CARCAÇA DO PAINEL E VOLANTE VOLVO G940")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191295", "043")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191295", " RADIADOR ESCAVADEURA 320BL")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191293", "044")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191293", " PAR DE PISTÃO DO H DA W30D")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191285", "045")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191285", "CABINE PC200 ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191270", "047")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191270", " RODA GUIA DA CAT 325C")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191269", "048")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191269", " PAR DE MOTOR DE TRAÇÃO P/ MINI ESCAVADEIRA UNIVERSAL")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191326", "049")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191326", " PTO MOTO SCRAPER 621B")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191322", "050")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191322", "ENGRENAGEM DIRECIONAL DO COMANDO LATERAL DO D6T-XL")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191314", "051")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191314", " CARRETINHA /SEM DOCUMENTO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191312", "052")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191312", " TROCADOR DE CALOR COM BOMBA DA AGUA D6TXL")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191306", "053")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191306", " TURBINA E COLETOR MOTOR C9")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191302", "054")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191302", " CELA DA PATROL VOLVO G940")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191297", "055")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191297", " BRAÇO DE ARRASTO DA ESCAVADEIRA 320BL")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191294", "056")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191294", " 1 COROA DE GIRO DA ESCAVADEIRA CAT 336")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191286", "057")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191286", "CONCHA PRA ESCAVADEIRA ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191277", "058")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191277", " MOTOR DE GIRO DE KOMATSU PC220")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191328", "059")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191328", " PAR DE COLAR DO AD7 FIAT")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191283", "060")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191283", "COMANDO HIDRÁULICO AKERMAN EC230B")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191338", "061")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191338", "2 CAVALETES COM TAMPA PARA D6D")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191329", "062")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191329", " ARADO HIDRÁULICO DE 5 FACAS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191323", "063")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191323", " TRANSMISSÃO MOTO SCRAPER 621, 621B, 623B, 627B")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191303", "065")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191303", " MOTOR DE TRAÇÃO DIRECIONAL DO D6TXL")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191284", "066")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191284", "1 MOTOR VOLVO D6 PARCIAL COM VIRABREQUIM E BOMBA INJETORA BOCHI")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191337", "067")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191337", "BOMBA PC200")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...47 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191327", "068")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191327", " BOMBA BOCH DO MOTOR 3306. INJEÇÃO DIRETA")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191311", "069")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191311", " TRUCK D6T LADO DIREITO SEM RODA GUIA")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191310", "070")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191310", "LÂMINA DO D6T-LX")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191305", "071")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191305", " CONTROLADOR DE FREIO GRUPO DE VALVULA D6T")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191301", "072")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191301", " ESCARIFICADOR PATROL VOLVO G940")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191300", "073")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191300", "MASCARA FRONTAL  D6TLX")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191346", "074")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191346", " CHICOTE DO MÓDULO DO MOTOR COM AQUECEDOR C7")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191296", "075")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191296", " MOTOR DE GIRO DA 320BL")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191287", "076")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191287", " CONJUNTO HIDRÁULICO DA TRAÇÃO MESSA P/ ESTEIRA PUCHE VOGELE  MODELO 14AB2280 / 14AB/AB500")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191349", "077")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191349", " MOTOR C7 MARITIMO")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191321", "078")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191321", " PAR DE DIFERENCIAL P/W20 E W30")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191315", "079")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191315", " TRANSMISSÃO 621B")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191307", "080")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191307", "BOMBA DIRECIONAL DO CAT D6T")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191258", "081")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191258", "[ VÍDEO ] TRANSMISSÃO KOMATSU D85")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191348", "082")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191348", " TAMPA DE VALVULAS MOTOR C7")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191292", "083")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191292", "PAR DE REDUTORES DE TRAÇÃO DA VOGELLI MODELO 14AB/AB500")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...218 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191289", "084")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191289", "PAR DE ESTEIRA COM 49 ELOS DA ACABADORA VOGELLI 14AB2280")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191281", "085")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191281", "2 MOTORES DE TRAÇÃO DA AKERMAN COM MOTOR HIDRÁULICO ADAPTÁVEL EM VOLVO 210, R210,PC200")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...826 lines deleted...]
-      <c r="D46" s="4" t="inlineStr">
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191278", "086")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191278", " 2 REDUTORES DE TRAÇÃO DA FIATALLIS FX215")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E46" s="5" t="inlineStr">
-[...772 lines deleted...]
-      <c r="F70" s="4" t="inlineStr">
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-[...89 lines deleted...]
-      <c r="F73" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191257", "087")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191257", "COMANDO TRASEIRO COMPLETO KOMATSU D85")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-[...25 lines deleted...]
-      <c r="F74" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191324", "088")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191324", " RADIADOR MOTO SCRAPER 631C")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-[...542 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191316", "090")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191316", "[ VÍDEO ] GERADOR 30KVA MOTOR YANMAR 4 CILINDRO. ACOMPANHA CARRETINHA")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>