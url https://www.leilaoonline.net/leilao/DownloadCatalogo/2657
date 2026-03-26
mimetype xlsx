--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190466", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190466", " Motoniveladora Volvo G940. Ano 2008")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>77.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190471", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190471", " Pá Carregadeira Caterpillar mod. 950 G. Ano 1999")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190467", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190467", "[ VÍDEO ] Pá Carregadeira Hyundai mod. 740-7A. Ano 2011")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190472", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190472", " Trator de Pneus New Holland modelo TM 150. Ano 2003")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190469", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190469", "[ VÍDEO ] Trator de Pneus Case modelo MXM 180. Ano 2010")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190470", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190470", " Trator de Pneus Case modelo MXM 165. Ano 2010")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190468", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190468", "[ VÍDEOS ] Motoniveladora Caterpilar modelo 120B. Ano 1982")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190473", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190473", " Carroceria de madeira. Dimensões 11,90 x 2,60")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190475", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190475", " 03 Carrinhos de limpeza")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190474", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190474", " Sirene de evacuação")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190477", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190477", " 02 Sirenes de evacuação")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190476", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190476", " 02 Sirenes de evacuação")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190478", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190478", " 02 motobombas branco combustivel diesel")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190479", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190479", " Diversos acessórios para curvadora de tubo")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190480", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190480", " Máquina portátil de corte e biselamento de tubos Wachs")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190481", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190481", " Cabine aplicação em pá mecânica Hyundai 760/7A")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190482", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190482", " Bomba de transferência")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190483", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190483", " [ VÍDEOS ] RETROESCAVADEIRA JCB 4CX ANO 2012")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>86.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...510 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190484", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190484", "[ VÍDEO ] ESCAVADEIRA NEW HOLLAND 215ME")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>