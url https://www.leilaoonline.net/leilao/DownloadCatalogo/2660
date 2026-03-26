--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,4379 +269,3835 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190691", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190691", " Cabos, kits, coroas, correntes, iluminação, pistões, cororas e carenagem. Veja especificações")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190692", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190692", " Dobradiças Johnson sem parafuso. Aprox. 300 unid")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190702", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190702", " Suporte do bagageiro da BMW F650 - kit top master 6 unid")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190693", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190693", " LINHA 100 POLIPROPILENO branca – Aprox. 50 rolos com aprox 1 kg cada e aprox. 5.000 metros cada")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190695", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190695", " PTB 00ATEX1002 Marca ROSE SYSTEMTECHNIK GMBH – Aprox. 20 unid")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190719", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190719", " LINHA 100 POLIPROPILENO branca – Aprox. 20 rolos com aprox 1 kg cada e aprox. 5.000 metros cada")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190697", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190697", " PTB 00ATEX 1002 Marca ROSE SYSTEM TECHNIK GMBH – 10 unid")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190696", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190696", " Pinça Spindle HSK 100 / B125. da marca Rohm – 02 unid")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190716", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190716", " SIEMENS 3RA1110-0JD15-1BB4 – 05 unid")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190694", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190694", " Dobradiças Johnson Hardware sem parafuso. Aprox. 500 unid")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190717", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190717", " Parafuso Tobutsu / N09-4145-05 – Aprox. 2.000 mil unidades de parafuso")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190699", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190699", " Chave tubolar cod 00166 com segredo – Aprox. 500 unid")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190698", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190698", " Ermeto ESV10L71 Parker original, anti reparo de solda hidraulica caixa com 5 unid – 10 kits com 5, totalizando Aprox. 50 unid")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190718", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190718", " Ermeto ESV10L71 Parker original, anti reparo de solda hidraulica caixa com 5 unid – 10kits com 5, totalizando Aprox. 50 unid")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190708", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190708", " Controle Toshiba cod SE-027 – Aprox. 30 unid")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190701", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190701", " Mangueira automotiva Fomoco 9S65-9K164-AB C013A 2070 - Aprox. 50 unid")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190709", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190709", " Mangueira automotiva Fomoco 9S65-9047-AA C013A 2490 – Aprox. 50 unid")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190705", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190705", " Válvula tipo borboleta Novacil - 02 unid")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190722", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190722", " Válvula de gaveta PN40/PN 32 -02 unid")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190700", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190700", " Válvula de gaveta PN40 /05C25 -02 unid")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190711", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190711", " Lote de placas Vicor sem componentes. Aprox. 250 unid")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190720", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190720", " Controle Toshiba cod SE-027 –Aprox. 30 unid")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190724", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190724", " Conector Ethernet RJ45 – Aprox. 200 unid")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190712", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190712", " Conector Ethernet RJ45 – Aprox. 200 unid")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190703", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190703", " Barramentos de Paineis / SCHNEIDER ELETRIC / EZB400W04 – 05 unid")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190706", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190706", " Barramentos de Paineis / SCHNEIDER ELETRIC / EZB250W08 – 05 unid")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190707", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190707", " Adaptador de tomada Quality Product – Aprox. 100 unid")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190713", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190713", " Adaptador de tomada Quality Product - Aprox. 100 unid")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190723", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190723", " 6 Pares de seta TVS N9321820 – 6 pares")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190715", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190715", " HP Hewlett packard Desigenjet 700 – 01 unid")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190726", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190726", " Lote de placas PN PH54G240NUBHB3SI-A sem componentes – Aprox. 980 unid")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190704", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190704", " Leitor Optico DV38-02-3 - 10 unid")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190710", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190710", " Leitor Optico DV38-02-3 - 10 unid")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190721", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190721", " Placa Eletrônica Janome 85850806 – 10 unid")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190714", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190714", " Placa Eletrônica Janome 85850806 – 10 unid")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190725", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190725", " Luminaria Tech Led cob 7W 3000k 2 Startec 9 unid")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190727", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190727", " Válvula – 2 unid     no estado ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190730", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190730", " Sobrelaminado de transferência térmica – aprox 20 rolos  no estado ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190735", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190735", " Placas eletrônicas  C2675 – Aprox. 20 unid.  Sem uso.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190728", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190728", " Compressores Embraco   no estado – 3 unid ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190737", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190737", " Calhas com e sem lâmpadas no estado  – 7 unid ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190731", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190731", " Adaptador de antena – Aprox. 500 unid")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190732", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190732", " Porcas – Aprox. 20 mil unid ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190729", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190729", " Motores Leroy Somer  - 02 unid no estado ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190733", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190733", " Paralama club car/ carrinho de golfe  - Aprox. 15 unid.")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190734", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190734", " Peças para nobreak – aprox 40 peças")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190743", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190743", " Motores Welling – 2 unid novos")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190750", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190750", " Motor CE 220/380V  -01 unid. Motor Elektrin SH71/2A  - 01 unid ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190762", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190762", " Juntas  - Aprox. 1.200 unid ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190739", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190739", " Thermal Dynamics consumíveis diversos  - Aprox. 200 peças")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190760", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190760", " Porcas – Aprox. 20 mil unid")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190744", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190744", " Regitar modelo Ft002 / Ft005. Aprox. 90 unid ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190761", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190761", " Pneu Kingstone AT25X11.0/12  - 01 unid. Sem uso.")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190765", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190765", " Peças Cat  5 peças total. Chicote eletrico cat ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190756", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190756", " C.E.I.M conversor de ondas quadradas -6 peças total ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190754", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190754", " Flanges diversas  – 120 peças aprox  no estado ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190751", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190751", " Flanges diversas  – 100 peças aprox  no estado ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190740", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190740", " Flanges duplas  - 15 peças aprox  no estado ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190738", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190738", " Aparentemente cabeçote com engrenagem – aprox 6 unid. Conforme lote exposto.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190782", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190782", " Tampa externa veiculo GM  - 6 unid")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190741", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190741", " Peças automotivas contendo alavanca de marcha – 2 unid e 8 peças sobressalentes  - total 10 peças")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190753", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190753", " Thordon modelo F361050181 – SXL  BRG  - aprox  4 peças")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190758", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190758", " Caximbo para vela diversos – aprox 300 peças")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190752", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190752", " Induzido – aprox 20 peças")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190778", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190778", " Subconjunto do carregador de bateria  modelo 151X1233DD01SA01   - 7 unid ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190763", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190763", " Acabamento de bolsas / sapatos / cintos e outros  - aprox 1.000 peças")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190786", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190786", " Peças de ar condicionado no estado – aprox 20 unid")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190755", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190755", " Placas para DVD – 40 unid aprox ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190736", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190736", " Tampa com placa eletrônica Van derlande  mod 0938009  - Aprox. 20 unid  ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190775", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190775", " Allen Bradley diversos – aprox 40 unid ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190757", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190757", " Materias elétricos aprox 100 peças ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190768", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190768", " Cabos usado em celular modelo GPG M2510 – 40 unid ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190747", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190747", " Botão  - aprox  90 unid ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190769", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190769", " Peças aparentemente usada em corpo de válvula de cabeçote -  aprox 30 unid. Conforme lote exposto.")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190748", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190748", " Correias diversas – aprox 30 peças")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190749", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190749", " Chave de seta moto antiga  ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190766", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190766", " Regitar modelo D1916  aprox 28 unid ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190759", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190759", " Caixa de exaustor Camfil n° B625550-033  obs: sem motor   - 01 unid ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190745", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190745", " Molas – aprox.  4 mil unid ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190746", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190746", " Miolo de moto antiga – 10 unid ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190781", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190781", " Fontes diversas – aprox 40 unid ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190785", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190785", " Peças para carrinho de golfe modelo AM1188, Am807, P550012, L26150S. Aprox  15 peças ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190772", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190772", " Motor no estado – 2 unid. Marca GRI modelo 12583-343")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190779", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190779", " Motores ABB  - 02 unid ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190764", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190764", " Motor ABB  - 01 unid ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190773", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190773", " Motor ABB – 01 unid ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190767", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190767", " Peças Putaway label – aprox  250 unid")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190770", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190770", " Trocador de calor / radiador  - 01 unid  no estado  ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190771", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190771", " Daihatsu – aprox 20 unid ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190780", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190780", " Polia do virabrequim volvo FH – modelo 20799474 – 3 unid. Sem uso.")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190776", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190776", " Escapamento de moto – 01 unid ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190783", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190783", " Marcador de combustível Agro line. Aprox. 12 peças")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190742", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190742", " Escapamentos – 02 unid. Ponteiras – 02 unid ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190784", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190784", " Pneu com roda – 01 unid   no estado. Provavelmente agrícola. Conforme lote exposto.")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190777", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190777", " Conexões – aprox 200 unid")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190774", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/190774", " Óculos preto colorido marca Bear Stuff  - Aprox. 250 unid ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192469", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192469", " Basitek  cod 157257-1  - 8 peças sem uso")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192475", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192475", " Coletor de admissão Apache  - Aprox. 50 unid ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192476", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192476", " Conexões pneumáticas  - aprox 350 unid ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192473", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192473", " Resistências para encubadora – 6 unid ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192470", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192470", " Lote Mercedes – 6 unid aprox")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
+      <c r="E111" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192474", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192474", " Peças diversas para  equip. Eólicos GE – aprox 220 unid sem uso")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192471", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192471", " Painel GM – 6 unid ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192477", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192477", " Livro Textbook of Pediatric Infectious Diseases  - kit volume 1 e 2 ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192472", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192472", " Livro Textbook of Pediatric Infectious Diseases  - kit volume 1 e 2 ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192478", "106")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192478", " Livro Textbook of Pediatric Infectious Diseases  - kit volume 1 e 2 ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192479", "107")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192479", " Livros Nanocosmetics And Nanomedicines -  5 unid ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192480", "108")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192480", " Lost Constellations  - 5 unid ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192481", "109")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192481", " Peças para bombas gouds – aprox 15 unid ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192482", "110")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192482", " Livros Nanocosmetics And Nanomedicines -  5 unid ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192483", "111")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192483", " Lost Constellations  - 5 unid ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192485", "112")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192485", " Abraçadeira de inox tipo tucho novas  – 50 unid aprox ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...314 lines deleted...]
-      <c r="D30" s="4" t="inlineStr">
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192484", "113")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192484", " Eaton Conjunto de vedação de pistão 6643TTVEJ – aprox 50 unid ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192487", "114")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192487", " Clip de metal para pias – Aprox. 500 unid ")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192488", "115")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192488", " Clip de metal para pias – Aprox. 500 unid ")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192486", "116")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192486", " Clip de metal para pias – Aprox. 500 unid ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192491", "117")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192491", " Anel Kapco Nas1812-5ª – Aprox. 50 unid ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192489", "118")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192489", " Filtrol Modelo Bu-100  sem uso – 02 unid ")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192490", "119")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192490", " Válvula reguladora Airtac  no estado - 01 unid ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E30" s="5" t="inlineStr">
-[...154 lines deleted...]
-      <c r="D35" s="4" t="inlineStr">
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192494", "120")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192494", " Lote de peças KD Ingenieurtechnik – aprox 1.000 unid ")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192492", "121")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192492", " Peça WEISS  modelo ST05 15212 com motor Gergii kobold 346 -01 unid ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192498", "123")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192498", " CARTUCHO MIMAKI E EPSON – APROX 19 UNID NO ESTADO")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192496", "124")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192496", " ANALISADOR DE GASES GAS DATA LMSXI NO ESTADO – 01 UNID")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192493", "125")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192493", " FONTE ASTEC AA22780 RS5 NO ESTADO – 4 UNID")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192499", "126")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192499", " PLACAS FAX OPTION TYPE 5001 RICOH SEM USO – 02 UNID")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192495", "127")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192495", " SIEMENS MODELO 3RA1110-0JD15-1BB4 SEM USO – 05 UNID")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E35" s="5" t="inlineStr">
+      <c r="E136" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F35" s="4" t="inlineStr">
-[...309 lines deleted...]
-      <c r="D45" s="4" t="inlineStr">
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192497", "128")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192497", " EQUIPAMENTO NERA MODELO 77000348/FU18AAA-31UA NO ESTADO – 01 UNID")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192500", "129")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192500", " ANTENA SENAOSN-8908 NO ESTADO – 03 UNID")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192505", "130")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192505", " SEQUENCIADOR DE CAMERA – 2 UNID E 3 MODEM NO ESTADO – TOTAL 5 PEÇAS")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192504", "131")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192504", " PEÇAS DE TUBULAÇÃO JACOB NOVAS – 21 UNID APROX")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192501", "132")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192501", " PEÇAS PARA MAQUINAS IBM, XEROX, CANON – MUITAS PEÇAS")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192503", "133")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192503", " FILTROL MODELO BU 400 PRODUTO SEM USO – 01 UNID CONJUNTO")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192507", "134")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192507", " PEÇAS MARCA SHURFLO PRODUTO SEM USO – QUANT. CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192502", "135")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192502", " PEÇAS PARA EQUIP AGRICOLA SEM USO – 02 UNID")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E45" s="5" t="inlineStr">
-[...3166 lines deleted...]
-      </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192506", "136")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192506", " PEÇAS SHARP – UNID DE PROCESSO. NO ESTADO – 04 UNID")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192508", "137")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192508", " PEÇAS PARA MAQUINAS KONICA,MINOLTA,SHARP E OUTRAS SEM USO – QUANT. CONFORME LOTE EXPOSTO.")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>