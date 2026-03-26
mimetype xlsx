--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,283 +269,251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191081", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191081", " Lote com: 35 itens de informática. - 20 desktops - 8 monitores Dell - 2 workstation HP - 5 notebooks - ( Alguns necessitam de reparos) ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191079", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191079", " Lote com: 26 itens - 09 Ferramentas elétricas - 06 sargentos - 03 jogos completos de tarracha - 04 organizadores - 04 ferramentas Manuais - ( Funcionando ) ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191080", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191080", " Lote com: 20 contadores de cédula - (Sem uso)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191078", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191078", " Lote com: 10 banquetas")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191083", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191083", " Lote com: 10 banquetas")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191085", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191085", " Lote com: 10 banquetas")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191082", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191082", " Lote com: 10 banquetas")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191084", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191084", " Lote com: 10 banquetas")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>