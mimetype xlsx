--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192692", "050")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192692", "veja o vídeo!! FIAT/STRADA WORKING CE; 2015/2016; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192693", "055")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192693", "veja o vídeo!! FIAT/STRADA WORKING; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191052", "106")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191052", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 40")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>193.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191053", "107")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191053", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 65")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>91</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>185.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191049", "120")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191049", "GUINDASTE FNV BUCYRUS ERIE; CAP. DE 30 TON.; EMPLACADO - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191050", "125")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191050", "MINI TRATOR; MARCA BALDAN; MOD TB12")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191051", "140")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191051", "MOTONIVELADORA PATROL HUBER WARCO - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191077", "145")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191077", "CAÇAMBA COMPACTADORA DE LIXO PARA CAMINHÃO TOCO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191195", "150")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191195", "CAÇAMBA COMPACTADORA DE LIXO PARA CAMINHÃO TOCO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192467", "200")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192467", "LOTE COM 3 ENGATES")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192468", "205")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192468", "SANTO ANTONIO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>