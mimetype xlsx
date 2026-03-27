--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,827 +269,727 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192688", "200")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192688", " TRATOR CASE MX 270, ANO 2007. - FR. 2025. - LOC. DOURADOS/MS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192690", "205")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192690", "TRATOR CASE MX 240; ANO 2007. - FR. 2028. - LOC. DOURADOS/MS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192689", "218")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192689", "PULVERIZADOR JACTO UNIPORT 3000, ANO 2007. - FR. 2042. - LOC. DOURADOS/MS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191056", "1000")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191056", " APROX. 330 UNID. PNEUS DE CAMINHÃO VARIAS MEDIDAS , LOC.DOURADOS/MS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191067", "1001")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191067", " BIG BAG DE CUICAS DE FREIO DE CAMINHÃO, LOC.DOURADOS/MS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191063", "1002")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191063", " APROX. 100 UNID., LOTE DE PNEUS DE TRATORES DIVERSOS TAMANHOS, LOC.DOURADOS/MS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191075", "1003")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191075", " APROX. 170 UNID. RADIADORES DIVERSOS MODELOS,LOC.DOURADOS/MS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191062", "1004")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191062", " 22 UND. CABINAS DE TRATOR JOHN DEERE, LOC.DOURADOS/MS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191064", "1005")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191064", " APROX. 25 UND. DE MOTORES DIVERSOS , CAMINHÃO E TRATORES , LOC.DOURADOS/MS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191060", "1006")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191060", " APROX. 80 UND. DE LOTE CONEXÃO- DIVERSOS MODELOS, LOC.DOURADOS/MS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191072", "1007")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191072", " LOTE DIVEROS CARDAN, EIXOS, PEÇAS AVULSAS,LOC.DOURADOS/MS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191057", "1008")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191057", "  APROX. 30 UND. BANCOS DIVERSOS DE CAMINHÃO, LOC.DOURADOS/MS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191061", "1009")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191061", " LOTE DIVERSAS TURBINAS, PISTÕES, HIDRAULICAS, VOLANTE TRATOR,LOC.DOURADOS/MS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191059", "1010")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191059", " APROX. 300 UND. DE RODAS DIVERSAS DE CAMINHÃO E TRATOR , LOC.DOURADOS/MS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191068", "1011")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191068", " APROX. 88 UND.LOTE DE PNEUS E RODAS DE CAMINHÃO E TRATOR ,LOC.DOURADOS/MS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191073", "1012")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191073", " APROX.140 UND. LOTE PNEUS TRATOR E CAMINHÃO, ALGUNS C/ RODAS ,LOC.DOURADOS/MS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191071", "1013")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191071", " LOTE DIVERSAS PEÇAS, FEIXO DE MOLAS, 01 CAMBIO, 06 HOLOFOTES, ( APROX. 140 FEIXOS) PLACAS, 05 BROCAS , ROLDANAS, CORRENTE DAS PLANTADORAS, ASSOALHO PLANTADORA, 01 PIRULITO COLHEDORA , LOC.DOURADOS/MS ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191065", "1014")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191065", " DIVERSOS MATERIAIS, GALÃO DE ÓLEO, FILTROS DIVERSOS, LOC.DOURADOS/MS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191058", "1015")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191058", " LOTE DE EXTINTORES DE DIVERSOS TAMANHOS, LOC.DOURADOS/MS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191066", "1016")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191066", " LOTE DE VIDROS DE TRATORES E MÁQUINAS, PEÇAS AVULSAS, TANQUES, LOC.DOURADOS/MS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191055", "1017")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191055", " 04 BIG BAG DE CORREIAS DIVERSAS, LOC. LOC.DOURADOS/MS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191074", "1018")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191074", " APROX. 56 PALETES COM PEÇAS DIVERSAS,  LOC.DOURADOS/MS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191070", "1019")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191070", " 02  PRATELEIRAS COM FILTROS DIVERSOS,LOC.DOURADOS/MS")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191054", "1020")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191054", " 06 PRATELEIRAS MATERIAS DIVERSOS, LOC.DOURADOS/MS")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191069", "1021")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191069", " 08 PRATELEIRAS MATERIAIS DIVERSOS, LOC.DOURADOS/MS")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>