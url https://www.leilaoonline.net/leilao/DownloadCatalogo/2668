--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191092", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191092", " Moinho de bola revestido sem motor, diâmetro de 2 metros por 4,80 de largura NO ESTADO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191093", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191093", " Filtro de manga com 36 mangas NO ESTADO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191091", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191091", " 2 unidades separador magnético 12mil gaus inbras, 2 rolos de 1,20 metros NO ESTADO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191096", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191096", " 2 unidades separador magnético 12mil gaus, sem marca.. 2 rolos magnético 1,60 metros NO ESTADO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191097", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191097", " Silo metálico 30m³ NO ESTADO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191094", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191094", " Peneira vibratória 2,50x1,00 metros, semi nova NO ESTADO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191098", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191098", " Moinho de martelo Tenamaq 1x0,80 metros, sem motor, semi novo, usa motor 150 cavalos NO ESTADO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191095", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191095", " 12 esteira transportadora 20 e 24 polegadas, 9 á 20 metros de comprimento, semi nova com 100 horas de uso a borracha; Obs.: aprox. 100 m de esteiras no total. NO ESTADO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191099", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191099", " Secador rotativo 50 tonelada hora, 8x1,20 metros, semi novo NO ESTADO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191102", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191102", " Elevador de caneca 20 toneladas/hora NO ESTADO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191100", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191100", " Elevador de caneca 10 toneladas/hora NO ESTADO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191101", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191101", " Tubo de secador rotativo, 8x1,20 metros NO ESTADO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191103", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191103", " Siclone 8x2,20 metros NO ESTADO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191104", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191104", " 2 giclê separador de paleta 1,20x2,50 metros com duas paletas NO ESTADO. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191105", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191105", " Forno revestido com tijolo refratário 3x2 metros NO ESTADO. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191106", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191106", " 7 esteira transportadora podendo faltar lona, de 12 a 30 metros; Obs.: aprox. 100 m de esteiras no total NO ESTADO. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191110", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191110", " Peneira Piacentini 5025, 3 decks NO ESTADO. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191107", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191107", " Roda d’agua Piacentini 20 ton/hora NO ESTADO. ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191108", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191108", " Trommel 5x2,50 metros NO ESTADO. ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191109", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191109", " Peneira 3 decks, 1,20x3 metros NO ESTADO. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...478 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191111", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191111", " Silo transportador esteira 1,20 metros NO ESTADO. ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>