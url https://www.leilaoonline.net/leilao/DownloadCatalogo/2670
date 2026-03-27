--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,923 +269,811 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191186", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191186", " EMPILHADEIRA LINDE HD40D-01; CAP.: 4T; MOTOR À DIESEL; OBS.: NÃO FUNCIONANDO.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191170", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191170", " MÁQUINA DE FRANGO GIRATÓRIA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191168", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191168", " CHILLER DE ÁGUA GELADA PARA INJETORA DE PLÁSTICOS OU HOSPITAL")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191176", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191176", " BEBEDOURO DE ÁGUA EM AÇO INOX; PARA APROXIMADAMENTE 400 LITROS ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191167", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191167", " REDUTOR DE VELOCIDADE")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191169", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191169", " BOMBA D'ÁGUA WEG 7,5 CV; OBS.: NOVA, SEM USO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191191", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191191", " MOINHO PARA PÃO FERRI")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191173", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191173", " CÂMBIO AUTOMÁTICO CAMINHÃO VW MODELO 9.150")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191172", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191172", " CÂMBIO AUTOMÁTICO CAMINHÃO VW MODELO 17.250")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191190", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191190", " COMPRESSOR PARA REFRIGERAÇÃO BITZER MODELO 6H35.2")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191185", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191185", " COMPRESSOR DE REFRIGERAÇÃO BITZER MODELO 6G40.2")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191181", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191181", " RACK COMPLETO DE REFRIGERAÇÃO PARA AÇOUGUE, SUPERMERCADO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191183", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191183", " MÁQUINA DE FECHAR CAIXAS DE PAPELÃO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191192", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191192", " RACK DE REFRIGERAÇÃO PARA FRIGORÍFICO, SUPERMERCADO E INDÚSTRIA; CAP.: 120 TR")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191171", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191171", " RESERVATÓRIO DE LÍQUIDO/PINGA ALTURA 2,15 AÇO INOX  INTERNO E EXTERNO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191187", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191187", " REFRESQUEIRA INDUSTRIAL PARA SUCOS EM AÇO INOX INTERNO E EXTERNO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191175", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191175", " lote com: 2 FORÇADORES PARA CÂMARA FRIGORÍFICA DE AMONIA")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191174", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191174", " Lote com: 2 FORÇADORES PARA CÂMARA FRIGORÍFICA DE AMONIA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191178", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191178", " FORNO FRITOMAQ ELÉTRICO PRA BASCULANTE REFRATÁRIO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191179", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191179", " FORNO TURBO TEDESCO ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191177", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191177", " RACK COMPLETO PARA REFRIGERAÇÃO SUPERMERCADO E HIPERMERCADO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191180", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191180", " PORTA DE CÂMARA FRIGORÍFICA EM AÇO INOX COM BATENTE E FERRAGENS PARA COLOCAR EM ALVENARIA; OBS.: COMPLETA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191189", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191189", " CHILLER CARRIER 30GXE207386S; CAP.: 200 TR - GÁS: R-134A - TENSÃO: 380V - PESO: 5.540 KG; MANUAIS DE OPERAÇÃO E MANUTENÇÃO ACOMPANHAM O EQUIPAMENTO.(M97997)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191188", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191188", " RACK PARA REFRIGERAÇÃO FRIGORÍFICA EM SUPERMERCADOS, INDÚSTRIA COM RESFRIADOR DE ÓLEO; DOIS COMPRESSORES PARAFUSO COMPLETO; ÓTIMO ESTADO; COM QUADRO ELÉTRICO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191182", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191182", " RACK DE REFRIGERAÇÃO GABINADO; COM DOIS COMPRESSORES PARAFUSO E RESFRIADOR DE ÓLEO; COMPLETOS; ÓTIMO ESTADO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191193", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191193", " RACK DE REFRIGERAÇÃO GABINADO; COM DOIS COMPRESSORES PARAFUSO E RESFRIADOR DE ÓLEO; COMPLETOS; ÓTIMO ESTADO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191184", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191184", " BALCÃO PARA REFRIGERAÇÃO REMOTA 3 METROS; MARCA: INTERFRIO; COM PRATELEIRA DE VIDRO 2 DIVISÕES")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...798 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191194", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191194", " BALCÃO PARA REFRIGERAÇÃO REMOTA EM MERCADOS; MARCA FERMARA; 2 METROS COM PRATELEIRA DE VIDRO 2 DIVISÕES")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>