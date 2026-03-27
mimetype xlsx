--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191366", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191366", " CAMINHÃO VOLVO . LOTE RETIRADO DO LEILÃO ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191369", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191369", " CAMINHÃO VOLVO FM 460 6X4  FROTA 216010 ANO:  2014/2014 PLACA:  OXB6890 Série/Chassi :  9BVJG20D3EE814523 km:  563,968.00 OBS: NÃO FOI TESTADO, COM ALGUMAS AVARIAS, AMASSADOS E CORROSÃO NO GERAL.  SEM AGREGADOS, SEM KIT HIDRÁULICOS, ETC.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>103.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191367", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191367", " CAMINHÃO  M. BENZ/ AXOR 3344, 6X4 FROTA 316035 ANO:  2019/2019 PLACA:  QUK-2F53 Série/Chassi :  9BM958471KB137232 km:  215,733.20 OBS: NÃO FOI TESTADO, COM ALGUMAS AVARIAS, AMASSADOS E CORROSÃO NO GERAL.  SEM AGREGADOS, SEM KIT HIDRÁULICOS, ETC.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191370", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191370", " CAMINHÃO M. BENZ/ AXOR 3344, 6X4 FROTA 316022 ANO:  2016/2016  PLACA:  PYM4219 Série/Chassi :  9BM958471GB038864 km:  328,027.00 OBS: NÃO FOI TESTADO, COM ALGUMAS AVARIAS, AMASSADOS E CORROSÃO NO GERAL.  SEM AGREGADOS, SEM KIT HIDRÁULICOS, ETC.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191371", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191371", " CAMINHÃO  VOLVO FM 460 6X4 FROTA 316007 ANO:   2013/2014 PLACA:  OXB-6I81 Série/Chassi :  9BVJG20D4EE814386 km:  485,919.80 OBS: NÃO FOI TESTADO, COM ALGUMAS AVARIAS, AMASSADOS E CORROSÃO NO GERAL.  SEM AGREGADOS, SEM KIT HIDRÁULICOS, ETC.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>113.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191368", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191368", " CAMINHÃO  VOLVO FMX 500 6X4 FROTA 216020 ANO:   2016/2016 PLACA:  PXK1399 Série/Chassi :   9BVXG30D5GE836944 km:  429,190.70 OBS: NÃO FOI TESTADO, COM ALGUMAS AVARIAS, AMASSADOS E CORROSÃO NO GERAL.  SEM AGREGADOS, SEM KIT HIDRÁULICOS, ETC.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>176.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191372", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191372", " CAMINHÃO M. BENZ/ AXOR 3344, 6X4 FROTA 216037 ANO:  2019/2019 PLACA:  QUU0B34 Série/Chassi :  9BM958471KB138701 km:  247,070.00 OBS: MOTOR FUNDIDO. NÃO FOI TESTADO, COM ALGUMAS AVARIAS, AMASSADOS E CORROSÃO NO GERAL.  SEM AGREGADOS, SEM KIT HIDRÁULICOS, ETC.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191373", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191373", " CAMINHÃO VOLVO FM 460 6X4  FROTA 316005 ANO:  2014/2014 PLACA:  OWZ3974 Série/Chassi :  9BVJG20D3EE814604 km:  503,182.50 OBS: BATIDO.  NÃO FOI TESTADO, COM ALGUMAS AVARIAS, AMASSADOS E CORROSÃO NO GERAL.  SEM AGREGADOS, SEM KIT HIDRÁULICOS, ETC.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>114.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191375", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191375", " PULVERIZADOR  UNIPORT 3000 JACTO FROTA - 359002 ANO:  2016 Série/Chassi :  1036060 HORIM.:  18296.3 OBS: PAROU FUNCIONANDO, O EQUIPAMENTO EM GERAL AMASSADOS, CORROSÃO E COM AVARIAS; MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>265.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191374", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191374", " PULVERIZADOR   JD 4730  FROTA - 359001 ANO:  2014 Série/Chassi :  1NW4730XKE0001842 HORIM.:  25530 OBS: PAROU FUNCIONANDO, O EQUIPAMENTO EM GERAL AMASSADOS, CORROSÃO E COM AVARIAS; MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...260 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191376", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191376", " PULVERIZADOR   JD 4730  FROTA - 259001 ANO:  2014 Série/Chassi :  1NW4730XVE0001845 HORIM.:  26663.4 OBS: PAROU FUNCIONANDO, O EQUIPAMENTO EM GERAL AMASSADOS, CORROSÃO E COM AVARIAS; MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>