--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192751", "11000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192751", "VEJA O VÍDEO!!! - GM/CHEVROLET D20 CUSTOM L, ANO 1989/1990, VERMELHA, DIESEL - LOC. VIRADOURO/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191936", "11636")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191936", " Veja Vídeo!!! - TRATOR JOHN DEERE 6165J, ANO 2010, FUNCIONANDO - TRATOR/ HIDRÁULICO - LOC. VIRADOURO/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>107</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>173.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191937", "11637")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191937", "Veja Vídeo!! - TRATOR JOHN DEERE 7500 - ANO 2001 - FUNCIONANDO - TRATOR/ HIDRÁULICO - LOC. VIRADOURO/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>102.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191931", "11638")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191931", " SULCADOR - FEROLDI FSF 600, LOC. VIRADOURO/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191943", "11639")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191943", " COBRIDOR DRIA,  LOC. VIRADOURO/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191935", "11640")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191935", " SULCADOR - FEROLDI FSF 600, LOC. VIRADOURO/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191940", "11641")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191940", " COBRIDOR DMB,  LOC. VIRADOURO/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191934", "11642")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191934", " SUBSOLADOR AST MATIC 500,  LOC. VIRADOURO/SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191939", "11643")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191939", " ELIMINADOR DE SOQUEIRA DMB, LOC. VIRADOURO/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191932", "11644")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191932", " ELIMINADOR DE SOQUEIRA DMB,  LOC. VIRADOURO/SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191933", "11645")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191933", " 2 ELIMINADOR DE SOQUEIRA DMB,  LOC. VIRADOURO/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191941", "11646")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191941", " PLANTADEIRA SEMEADO,  LOC. VIRADOURO/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191938", "11647")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191938", " ENLEIRADEIRA DUPLA,  LOC. VIRADOURO/SP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191942", "11648")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/191942", " PLANTADEIRA,  LOC. VIRADOURO/SP")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>