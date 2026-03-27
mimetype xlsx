--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192003", "020")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192003", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2021/2022; BRANCA; DIESEL - FUNC. - IPVA 2023 OK - APROX. 13.100KM - FIPE R$ 263.987,00")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192002", "030")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192002", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>39.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192004", "031")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192004", "veja o vídeo!! FIAT/STRADA WORKING CE; 2016/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>75</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192005", "032")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192005", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2017/2018; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192001", "035")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192001", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 58.277,00")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>92</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>36.270,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192663", "040")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192663", "veja o vídeo!! HONDA/FIT EXL CVT; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>54.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192662", "045")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192662", "veja o vídeo!! HONDA/HR-V EXL CVT; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - FIPE: R$ 118.084,00")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>67.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192007", "060")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192007", "veja o vídeo!! GM/BLAZER ADVANTAGE; 2007/2008; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192006", "063")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192006", "CHEVROLET/CRUZE LT NB; 2012/2012; ALCO./GASOL./GNV - FUNCIONANDO - PLACA FINAL A20")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192008", "065")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192008", "veja o vídeo!! IMP/GM SILVERADO; 1997/1997; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192010", "070")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192010", "FIAT/DUCATO MAXICARGO; 2006/2007; AMARELA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>31.010,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192009", "071")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192009", "FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...128 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192012", "090")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192012", "CAMINHÃO M. BENZ/L1622; 2002/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>69.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192011", "100")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192011", "CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>101.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192015", "105")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192015", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FUNCIONANDO - FROTA 539")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>44.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192014", "110")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192014", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192013", "111")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192013", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...339 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>147.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...15 lines deleted...]
-      <c r="D27" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192016", "112")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192016", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
-      <c r="E27" s="5" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>147.500,00</t>
         </is>
       </c>
-      <c r="F27" s="4" t="inlineStr">
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192017", "113")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192017", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>147.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>