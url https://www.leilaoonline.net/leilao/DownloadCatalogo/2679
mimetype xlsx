--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,219 +269,195 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192023", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192023", " [vídeo] ESCAVADEIRA HIDRAULICA JCB JS 200 ANO 2013, CABINE FECHADA, MOTOR FUNCIONADO - Sem bateria")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192020", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192020", " VIBRO ACABADORA DE ASFALTOS -MOD VDA 621 CIFFALI, ANO 2001 MOTOR MWM FUNCIONANDO - Sem bateria")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>142.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...10 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192024", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192024", " CAMINHÃO VW 17.280 CRM - Automático -  ANO 2014  - COM COMPACTADOR 15M³, MOTOR FUNCIONANDO - Sem bateria")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192021", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192021", " CAMINHÃO BASCULANTE MERCEDES BENZ 2428 6X4 ANO 2004, MOTOR FUNCIONADO - Sem bateria")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192022", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192022", " CAMINHÃO CAVALO MECÂNICO IVECO STRALLIS 2008 740S 420CAV, CAB ALTA TRAÇÃO 6X4 ANO 2008,MOTOR FUNCIONADO COM TOMADA DE FORÇA PARA BASCULANTE - Sem bateria")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...62 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192025", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192025", " HILUX SRV 4X4 ANO 2013 - Diesel - , MOTOR FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>73.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>