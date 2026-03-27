--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,6395 +269,5599 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192301", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192301", " [ VÍDEOS ] AERONAVE (AVIÃO) ANO 2011. MOTOR ROTAX (REVISADO) EM FUNCIONAMENTO. DOCUMENTAÇÃO EM ORDEM E LIBERADO P/ TRANSFERÊNCIA.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>101.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192313", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192313", "VW FUSCA. ANO 66")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192253", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192253", " Lambretta Mod L.I , Década de 1960, Cor Branca e Azul. Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192311", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192311", "[ VÍDEO ] VW KOMBI CAMINHONETE ANO 1975, RELÍQUIA P/ COLECIONADORES, DOC. EM ORDEM,  APTA P/ RECEBER PLACA PRETA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193033", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193033", " JAWA DÉCADA DE 1950 SEM DOC. VEÍCULO ORNAMENTAL P/ RESTAURAÇÃO/ EXPOSIÇÃO/ EVENTOS, RELIQUIA P/ COLECIONADORES. (NO ESTADO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193031", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193031", " LAMBRETTA MOD L.I , DÉCADA DE 1960,  PAROU FUNCIONANDO, COR BRANCA E VERMELHA , DIVERSOS ACESSÓRIOS RELÍQUIA P/ COLECIONADORES. ( NO ESTADO) ( DÉBITOS DE R$ 890,00 DE LICENCIAMENTO) E GASTOS E BUROCRACIA DE SEGUNDA VIA DO RECIBO E TRANSFERÊNCIA P/ CONTA DO ARREMATANTE.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193024", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193024", " MONARETA OLÉ 70, ARO 20, DÉCADA DE 1970, SÉRIE ESPECIAL DA COPA DE 70, RELÍQUIA P/ COLECIONADORES.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193028", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193028", " CRISTALEIRA DE MADEIRA NOBRE MEDINDO 1,25 DE ALTURA ,1,08 DE FRETE POR 0,38 DE PROFUNDIDADE. PORTAS C/ VIDROS, FECHADURAS ORIGINAIS COM AS CHAVES e PUXADORES ORIGINAIS , FUNDO EM ESPELHOS, EM PERFEITO ESTADO DE CONSERVAÇÃO. ( TAÇAS E COPOS NÃO FAZEM PARTE DO LOTE).")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193034", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193034", "[ VÍDEOS ] CRISTALEIRA DE MADEIRA NOBRE MEDINDO 2,40 DE ALTURA , 1,00 DE FRENTE POR 0,45 DE PROFUNDIDADE. PORTAS C/ VIDROS, FECHADURAS ORIGINAIS COM AS CHAVES, DIVERSAS PRATELEIRAS TAMBEM EM MADEIRA, FUNDO EM ESPELHOS.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193035", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193035", " GM CAPTIVA SPORT FWD ANO 2010,  COMPLETA, PLACA MERCOSUL,  IPVA E LICENCIAMENTO 2023 ,  EM ORDEM, ( VEÍCULO DE DIRETORIA) EM FUNCIONAMENTO.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193027", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193027", "[ VÍDEOS ] CRISTALEIRA DE MADEIRA NOBRE MEDINDO 2,40 DE ALTURA , 1,00 DE FRENTE POR 0,45 DE PROFUNDIDADE. PORTAS C/ VIDROS, FECHADURAS ORIGINAIS COM AS CHAVES, DIVERSAS PRATELEIRAS TAMBEM EM MADEIRA, FUNDO EM ESPELHOS.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192304", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192304", "JAWA DÉCADA DE 1940, PÓS GUERRA, RABO SECO, SEM DOC. VEÍCULO ORNAMENTAL P/ RESTAURAÇÃO/ EXPOSIÇÃO/ EVENTOS, RELÍQUIA P/ COLECIONADORES. ( NO ESTADO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192199", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192199", "CAMINHONETE LIMUSINE. DIESEL. ANO 1990. EM FUNCIONAMENTO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192255", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192255", " Projeto de Moto Custon , Motor Honda 400cc  Década de 1980,  Sem Doc. Ornamental, P/ Restauração/ Exposição/ Eventos. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...57 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193030", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193030", " LOTE CONTENDO 01 PALETE C/ CENTENAS DE ITENS, SENDO: TINTAS  SPRAY , LUBRIFICANTES, SOLVENTES DE DIVERSAS MARCAS E MODELOS E DIVERSOS ITENS DO SEGMENTO, (L-01)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192254", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192254", " Moto Antiga Russa Marca Minsk 125cc Década de 1980, Cor vermelha Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193026", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193026", " LOTE CONTENDO 01 PALETE C/ CENTENAS DE ITENS, SENDO: TINTAS  SPRAY , LUBRIFICANTES, SOLVENTES DE DIVERSAS MARCAS E MODELOS E DIVERSOS ITENS DO SEGMENTO, (L-02)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192308", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192308", " Vespa Piagio 1961 ( placa com o mesmo ano).Funcionado, documento em dia, placa cinza.Motor cadastrado 200 Cc ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>8.400,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193025", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193025", "[ VÍDEOS ] CRISTALEIRA DE MADEIRA NOBRE MEDINDO 2,40 DE ALTURA , 1,00 DE FRENTE POR 0,45 DE PROFUNDIDADE. PORTAS C/ VIDROS, FECHADURAS ORIGINAIS COM AS CHAVES, DIVERSAS PRATELEIRAS TAMBEM EM MADEIRA, FUNDO EM ESPELHOS.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192224", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192224", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-07)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193029", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193029", "[ VÍDEOS ] CRISTALEIRA DE MADEIRA NOBRE MEDINDO 2,40 DE ALTURA , 1,00 DE FRENTE POR 0,45 DE PROFUNDIDADE. PORTAS C/ VIDROS, FECHADURAS ORIGINAIS COM AS CHAVES, DIVERSAS PRATELEIRAS TAMBEM EM MADEIRA, FUNDO EM ESPELHOS.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193032", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193032", "[ VÍDEOS ] CRISTALEIRA DE MADEIRA NOBRE MEDINDO 2,40 DE ALTURA , 1,00 DE FRENTE POR 0,45 DE PROFUNDIDADE. PORTAS C/ VIDROS, FECHADURAS ORIGINAIS COM AS CHAVES, DIVERSAS PRATELEIRAS TAMBEM EM MADEIRA, FUNDO EM ESPELHOS.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192217", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192217", " LOTE C 30 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192309", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192309", " LOTE C/ 04 ROLOS DE FILMES ANTIGOS")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192294", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192294", "LOTE CONTENDO 180 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192218", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192218", " LOTE C 30 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192232", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192232", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-08)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192155", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192155", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. ( SEM USO).")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192219", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192219", " LOTE C 30 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192229", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192229", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192188", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192188", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192228", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192228", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-09)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192307", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192307", " Antigo galão de combustível americano ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192189", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192189", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192230", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192230", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192212", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192212", " LOTE C 30 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192190", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192190", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192238", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192238", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-10)")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192295", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192295", "LOTE CONTENDO 180 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192130", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192130", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192236", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192236", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192310", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192310", " Mini Geladeira da Marca cônsul na cor amarela, anos 60. peça restaurada e com compressor novo. 69x54x55 cm Excelente estado de conservação, Peça de coleção")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192141", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192141", " LOTE C/ 20 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192231", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192231", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-11)")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192305", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192305", " Caixa de transporte de alimentos aéreos em alumínio da Air Canadá")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192129", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192129", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192239", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192239", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192296", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192296", "LOTE CONTENDO 180 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192152", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192152", "100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192306", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192306", " Máquina de costura década de 40 usada na guerra.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192210", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192210", " LOTE C 30 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192131", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192131", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192234", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192234", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192242", "057")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192242", " Lote contendo 50 unidades de Trenas de Diversas marcas e modelos, conforme fotos.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192297", "058")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192297", "LOTE CONTENDO 180 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192128", "059")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192128", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192240", "060")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192240", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192220", "061")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192220", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-01)")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192142", "062")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192142", " LOTE C/ 20 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192298", "063")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192298", "LOTE CONTENDO 180 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192241", "064")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192241", " Lote contendo 50 unidades de Trenas de Diversas marcas e modelos, conforme fotos.")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192191", "065")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192191", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192235", "066")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192235", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192192", "068")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192192", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192279", "069")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192279", "LOTE CONTENDO 180 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192243", "070")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192243", " Lote contendo 50 unidades de Trenas de Diversas marcas e modelos, conforme fotos.")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192154", "071")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192154", "100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192237", "072")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192237", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192299", "073")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192299", "LOTE CONTENDO 180 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192193", "074")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192193", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192213", "075")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192213", " LOTE C 30 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192256", "076")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192256", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-12)")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192194", "077")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192194", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192233", "078")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192233", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192264", "079")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192264", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-13)")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192195", "080")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192195", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192300", "081")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192300", "LOTE CONTENDO 180 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192259", "082")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192259", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-14)")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192145", "083")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192145", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192258", "084")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192258", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-15)")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192221", "085")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192221", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-02)")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192134", "086")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192134", "[ VÍDEO ] LOTE CONTENDO 50 BOLSAS TÉRMICAS ORIGINAIS SADIA PERDIGÃO (sem uso).")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192245", "087")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192245", "Lote contendo 50 unidades de Trenas de Diversas marcas e modelos, conforme fotos.")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192261", "088")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192261", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-16)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192215", "089")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192215", " LOTE C 30 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192244", "090")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192244", "Lote contendo 50 unidades de Trenas de Diversas marcas e modelos, conforme fotos.")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192249", "091")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192249", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192137", "092")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192137", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192222", "093")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192222", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-03)")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192246", "097")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192246", "Lote contendo 50 unidades de Trenas de Diversas marcas e modelos, conforme fotos.")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192196", "098")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192196", "[ VÍDEO ] LOTE CONTENDO 50 BOLSAS TÉRMICAS ORIGINAIS SADIA PERDIGÃO (sem uso).")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192223", "099")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192223", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-04)")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192138", "101")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192138", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192247", "102")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192247", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192214", "103")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192214", " LOTE C 30 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192226", "104")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192226", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-05)")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192260", "105")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192260", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-17)")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192250", "108")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192250", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192227", "109")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192227", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192197", "110")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192197", "[ VÍDEO ] LOTE CONTENDO 50 BOLSAS TÉRMICAS ORIGINAIS SADIA PERDIGÃO (sem uso).")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192252", "111")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192252", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192211", "112")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192211", " LOTE C 30 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192143", "113")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192143", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192248", "114")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192248", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192263", "115")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192263", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-18).")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192139", "116")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192139", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192251", "117")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192251", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192262", "118")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192262", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-19).")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192292", "120")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192292", "LOTE CONTENDO 180 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192273", "121")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192273", " Geladeira Frigidaire 1943. Funcionando.")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192133", "122")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192133", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192265", "123")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192265", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-20).")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192225", "124")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192225", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-06)")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192175", "125")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192175", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192266", "126")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192266", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-21).")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192216", "127")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192216", " LOTE C 30 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192198", "128")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192198", "[ VÍDEO ] LOTE CONTENDO 50 BOLSAS TÉRMICAS ORIGINAIS SADIA PERDIGÃO (sem uso).")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192267", "129")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192267", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-22).")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192136", "131")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192136", " LOTE C/ 20 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192257", "132")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192257", " LOTE COLEÇÃO DE CANETAS ANTIGAS, APROX. 500 UNIDADES, VÁRIAS MARCAS,  MODELOS E ÉPOCAS.")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192185", "134")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192185", " PALETE C/ DIVERSOS ROLOS DE MANGUEIRAS (NO ESTADO)")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192274", "135")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192274", " LOTE CONTENDO 09 BONECOS GRANDES , VÁRIOS PERSONAGENS,  ( NA CAIXA, SEM USO).")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>270,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192163", "137")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192163", " 02 PRATELEIRAS TIPO COLMÉIA, MEDINDO 2,10 X 0,64, CONFORME FOTOS.")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192271", "139")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192271", " LOTE CONTENDO 100  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192164", "140")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192164", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192276", "141")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192276", " LOTE CONTENDO 09 BONECOS GRANDES , VÁRIOS PERSONAGENS,  ( NA CAIXA, SEM USO).")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>270,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192174", "143")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192174", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192272", "145")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192272", " LOTE CONTENDO 100  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192275", "148")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192275", " LOTE CONTENDO 09 BONECOS GRANDES , VÁRIOS PERSONAGENS,  ( NA CAIXA, SEM USO).")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>270,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192149", "149")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192149", " 100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192270", "151")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192270", " LOTE CONTENDO 100  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192144", "152")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192144", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192269", "154")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192269", " LOTE CONTENDO 100  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192135", "155")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192135", " LOTE C/ 20 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192268", "156")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192268", " LOTE CONTENDO 100  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192151", "158")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192151", "100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192287", "160")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192287", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192153", "161")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192153", "100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192282", "163")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192282", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192165", "164")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192165", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192283", "166")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192283", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192186", "167")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192186", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192281", "168")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192281", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192288", "169")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192288", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192159", "170")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192159", "100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192280", "171")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192280", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192284", "172")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192284", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192156", "173")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192156", "100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192278", "174")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192278", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192289", "175")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192289", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192158", "176")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192158", "100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192277", "177")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192277", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192285", "178")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192285", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192162", "179")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192162", " LOTE CONTENDO 50 UNIDADES DE  ITENS DE BIJOUTERIAS,  PEDRARIAS DE LUXO, BRACELETES, TIC-TAC ( PRESILHAS), PULSEIRAS, APLIQUES DE CABELO, TIARAS , ACESSÓRIOS , DIVERSOS MODELOS CONFORME FOTOS.")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192290", "180")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192290", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192157", "182")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192157", "100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192286", "183")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192286", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192291", "186")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192291", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192160", "188")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192160", " LOTE CONTENDO 50 UNIDADES DE  ITENS DE BIJOUTERIAS,  PEDRARIAS DE LUXO, BRACELETES, TIC-TAC ( PRESILHAS), PULSEIRAS, APLIQUES DE CABELO, TIARAS , ACESSÓRIOS , DIVERSOS MODELOS CONFORME FOTOS.")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192140", "191")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192140", " LOTE C/ 20 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192161", "194")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192161", " LOTE CONTENDO 50 UNIDADES DE  ITENS DE BIJOUTERIAS,  PEDRARIAS DE LUXO, BRACELETES, TIC-TAC ( PRESILHAS), PULSEIRAS, APLIQUES DE CABELO, TIARAS , ACESSÓRIOS , DIVERSOS MODELOS CONFORME FOTOS.")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192150", "200")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192150", "100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192166", "203")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192166", "500 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192167", "206")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192167", "500 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192168", "209")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192168", " LOTE CONTENDO 25 GARRAFAS DE CACHAÇA DE ALAMBIQUE ARTESANAL.")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192170", "212")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192170", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192169", "215")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192169", " LOTE CONTENDO 25 GARRAFAS DE CACHAÇA DE ALAMBIQUE ARTESANAL.")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192171", "218")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192171", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192172", "221")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192172", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192173", "224")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192173", " LOTE CONTENDO 25 GARRAFAS DE CACHAÇA DE ALAMBIQUE ARTESANAL.")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192126", "227")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192126", "[ VÍDEO ] Lote de itens Antigos. Sendo: 01 - Relógio De Ponto, 02-Relógios quadrados grandes, 01 - Campainha de elétrica de Sino. ")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192127", "233")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192127", " Lote contendo diversos itens, sendo: 04 telefones sem fio, 02 mini  gravador , 02 Vou, 01 nobrek, 04 vídeo cassete e diversos cabos e outros.")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192179", "236")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192179", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192176", "239")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192176", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192178", "242")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192178", " Prateleiras e Nichos , no estado, conforte fotos.")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192177", "245")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192177", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192180", "248")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192180", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192181", "254")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192181", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192183", "257")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192183", " COLEÇÃO CONTENDO 31 CINZEIROS ANTIGOS, DIVERSOS MODELOS, EM PORCELANA FINA E VIDRO, CERAMICA  E OUTROS ,PARA COLECINADORES. C-02")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192182", "260")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192182", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192184", "263")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192184", "500 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192147", "266")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192147", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192148", "269")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192148", " Caloi Cross aro 20, Antiga da década de 1980, Original para Colecionadores")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192132", "272")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192132", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192146", "275")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192146", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192187", "278")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192187", " LOTE CONTENDO 04 CAIXAS DE MADEIRA E 01 DE PAPELÃO C/ DIVERSOS SENDO; SPRAY, LUBRIFICANTES, SOLVENTES, TUBOS DE  SILICONES E OUTROS PRODUTOS  CONFORME FOTOS.")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192200", "317")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192200", " BALANÇA ANTIGA, VISOR DE QUILOGRAMAS REDONDO, RELÍQUIA PARA COLECINADORES, ( NO ESTADO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192201", "326")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192201", " Lote único contendo: 01 liquidificador marca Arno super , 01 Arno Supermix copos de vidro, originais, 01 Moringas de Cerâmica e 01 Bebedouro de porcelana, ( no estado) conforme fotos.")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192202", "329")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192202", " Lote de latas antigas, sendo: 11 latas , Leite em pó Glória  e outras conforme fotos Relíquia para COLECIONADORES ( no estado) conforme fotos")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192203", "335")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192203", " Balança antiga madeira e ferro, Relíquia para COLECIONADORES ( no estado) conforme fotos, obs: ( O vaso não faz parte do lote)")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192208", "338")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192208", " LOTE CONTENDO 10 GARRAFAS TÉRMICAS DE INOX DE 500ml.  (SEM USO)")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192209", "341")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192209", " LOTE CONTENDO 10 GARRAFAS TÉRMICAS DE INOX DE 500ml.  (SEM USO)")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192206", "344")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192206", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192204", "347")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192204", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192207", "350")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192207", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192205", "353")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192205", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192303", "359")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192303", " Vespa 1963. Completa, placa cinza. Motor original. Polida. Revisada.")</f>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...249 lines deleted...]
-      <c r="F24" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192302", "360")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192302", " Peças específicas da moto BMW R 1200 C (a moto do filme do James bond)")</f>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...5886 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
-      <c r="A209" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192293", "361")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192293", "LOTE CONTENDO 180 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>