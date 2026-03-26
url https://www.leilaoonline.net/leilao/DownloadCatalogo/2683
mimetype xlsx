--- v0 (2025-12-17)
+++ v1 (2026-03-26)
@@ -269,4827 +269,4227 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192323", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192323", " Estabilizador de tensão - Amplimag Robot 1")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192314", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192314", " Lote com: 05 maletas em alumínio - para ferramentas - Aprox. 40x28x10cm")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192325", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192325", " Lote com: 05 maletas em alumínio - para ferramentas - Aprox. 40x28x10cm")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192349", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192349", " Lote com: 03 unid. Placa de arrasto")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192319", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192319", " Desempeno de bancada em aço - 200x300mm")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192324", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192324", " Desempeno de bancada em aço - 200x300mm")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192332", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192332", " Desempeno de bancada em aço - 200x300mm")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192348", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192348", " Lote com: 12 unid. De Disjuntor Schneider - Square QO - 3 polos - 120/240vac - 10Ka -60A - Sem uso, na embalagem.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192315", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192315", " Lote com: 24 unid. De Disjuntor Schneider - Square QO - 3 polos - 120/240vac - 10Ka -60A - Sem uso, na embalagem.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192337", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192337", " Lote com: 48 unid. De Disjuntor Schneider - Square QO - 3 polos - 120/240vac - 10Ka -60A - Sem uso, na embalagem.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192345", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192345", " Cordas brancas - 5/8 ou 16mm - 5 rolos de 30 m - Sem uso")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192316", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192316", " Cordas brancas - 5/8 ou 16mm - 5 rolos de 30 m - Sem uso")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192340", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192340", " Cordas brancas - 5/8 ou 16mm - 5 rolos de 30 m - Sem uso")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192342", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192342", " 300m de conduíte espiral laranja ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192320", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192320", " Forno Rotational Engefood Self cooking center - Scc201g - com carrinho auxiliar")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192317", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192317", " 300m de Conduíte espiral laranja 12x9,80mm")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192344", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192344", " 100m de Conduíte espiral prata - 19x16mm")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192343", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192343", " Suporte Ridigid")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192347", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192347", " Kit energia solar com: 01 gerador solar fotovoltaico 4,38KWP - 12 painéis 365W 1,95x 1mt - 01 inversor SMA sunny boy - 01 caixa Sting Box famatel")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192334", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192334", " Lote com: 2000 unidades sendo: 500 un. Cotovelo externo 3x3cm 57300/23 - 500 un. "T" 6x2cm - 500 un. Cotovelo interno 3cm alt - 500 un. Luva branca 6x2cm 57300/025 - tramontina sem uso")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192330", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192330", " Lote com: 500 unid. Microtransponder trovan mod. ID103 - Adequado para esteiras - 3mmx13mm ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192329", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192329", " Lote com: 500 unid. Microtransponder trovan mod. ID103 - SEM USO  - Adequado para esteiras - 3mmx13mm ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192321", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192321", " Lote com: 500 unid. Isoladores 4 vias - Sem uso")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192350", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192350", " Lote com: 500 unid. Isoladores 4 vias - Sem uso")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192336", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192336", " Lote com: 50 capacetes plásticos")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192318", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192318", " Lote com: 04 tonners - vencidos")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192341", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192341", " Lote com: 10 unid. Isoladores polimericos IPB138 - tipo bola e concha - 2.100mm - 46 saias, diam.int. 26mm, ext. 110mm")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192354", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192354", " Máquina de fusão para fibra optica Ji Long KL195 - Acompanha maleta")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192339", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192339", " Máquina de fusão para fibra optica Ji Long KL195 - Acompanha maleta")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192352", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192352", " Máquina de fusão para fibra optica Ji Long KL195 - Acompanha maleta")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192346", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192346", " Máquina de fusão para fibra optica Ji Long KL195 - Acompanha maleta")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192328", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192328", " Máquina de fusão para fibra optica Ji Long KL195 - Acompanha maleta")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192327", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192327", " Máquina de fusão para fibra optica Ji Long KL195 - Acompanha maleta")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192355", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192355", " Máquina de fusão para fibra optica Ji Long KL195 - Acompanha maleta")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192333", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192333", " Máquina de fusão para fibra optica Ji Long KL195 - Acompanha maleta")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192361", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192361", " Máquina de fusão para fibra optica Ji Long KL195 - Acompanha maleta")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192360", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192360", " Máquina de fusão para fibra optica Ji Long KL195 - Acompanha maleta")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192359", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192359", " Máquina de fusão para fibra optica - Sumitomo Type 25 - Acompanha Maleta")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192365", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192365", " Máquina de fusão para fibra optica - Sumitomo Type 25 - Acompanha Maleta")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192369", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192369", " Máquina de fusão para fibra optica - Sumitomo Type 25 - Acompanha Maleta")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192338", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192338", " Lote com: 153Kg de Peneira Molecular - Grão Desecante - esfera 2-3mm - Ping Xiang Petrochemical - Tambor, sem uso")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192331", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192331", " Lote com: 600Kg de Peneira Molecular - Grão Desecante - esfera 2-3mm - Ping Xiang Petrochemical - Tambor, sem uso")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192326", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192326", " Lote com: 1200kg de Peneira Molecular - Grão Desecante - esfera 2-3mm - Ping Xiang Petrochemical - Tambor, sem uso")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192353", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192353", " Lote com: 30 Cones de sinalização ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192368", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192368", " Mesa Tripla com regulagem")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192322", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192322", " Lote com: 03 unid. Mesa com gaveta e regulagem")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192357", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192357", " Controlador de Potencia pcw-3p-60 -- Marca Novus pCW 3 P60 - carga 60A, surto 1200A - sem uso ( 01 unidade ) ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192358", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192358", " Controlador de Potencia pcw-3p-60 -- Marca Novus pCW 3 P60 - carga 60A, surto 1200A - sem uso ( 01 unidade ) ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192366", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192366", " Lote com: 2 uni. Instrumentos de medição - Deviser DS400Q")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192356", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192356", " Lote com: 2 uni. Instrumentos de medição -Wise TSW400DSL2  ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192364", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192364", " Instrumento de medição AVO Megger BM50")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192362", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192362", " Lote com: 2 uni. Transformador Bipartido - Kron - KBP52 - 1000/5Am ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192370", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192370", " Lote com: 50 degraus para cabo DC-2 com 4 furos - Sem uso")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192374", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192374", " Lote com: 300 Unid. Ajustador para fita de aço - 60 x 31mm - Sem Uso")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192383", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192383", " Lote com: 500 unid. De anel guia - furo aprox. 40mm - Sem uso")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192379", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192379", " Lote com: 500 unid. De anel guia com base - furo Aprox.40mm - Sem uso")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192363", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192363", " Lote com: 100 unid. Malotes em lona - extremamente resistente.")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192382", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192382", " Lote com: 50 unid. Malotes em lona - extremamente resistentes")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192367", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192367", " Lote com: 30 unid. Malotes em Lona - extremamente resistente")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192375", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192375", " Lote com: 1000 unid. Malotes em Lona - extremamente resistente")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192376", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192376", " Lote com: 1000 unid. Malotes em Lona - extremamente resistente")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192371", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192371", " Lote com: 2 unid. Analisador de linhas Motech - Mt3000")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192372", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192372", " Lote com: 500 unid. Esticador plástico azul - para fio - sem uso")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192381", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192381", " Visor Led - Giroflex - Engesig - 115 x 25 cm")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192377", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192377", " Visor Led - Giroflex - Engesig - 115 x 25 cm")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192395", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192395", " Lote com: 10 unid. Cintos tipo paraquedistas - fabricação 2015-2017")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192380", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192380", " Lote com: 10 unid. Clivadores")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192410", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192410", " Lote com: 10 unid. Cintos tipo paraquedistas - fabricação 2015-2017")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192378", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192378", " Lote com: 600 Kg de Raspas de borracha com granulometria pequena e simétrica (P/ gramados, tatames, quadras, etc.)")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192389", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192389", " Lote com: 1200 Kg de Raspas de borracha com granulometria pequena e simétrica (P/ gramados, tatames, quadras, etc.)")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192404", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192404", " Lote com: 10 unid. Talabares - fabricação 2015-2017")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192402", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192402", " Lote com: 03 unid. Localizador para satélite - DSM Gifted - 8dtek - sem uso")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192397", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192397", " Lote com: 03 unid. Localizador para satélite - DSM Gifted - 8dtek - sem uso")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192384", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192384", " Máquina de fusão para fibra optica - Ji Long - KL 280")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192409", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192409", " Kit de call center para 04 atendentes com kit de apoia pés e regulador de altura de mesa - Não acompanha parafuso nem calha para montagem.")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192373", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192373", " Aparelho Digital - Tempo Compa - Mod. 52039007 - Sem uso")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192391", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192391", " Aparelho Tester ST 330 - Senter Eletronic")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192385", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192385", " Lote com: 50 Grampos de Suspensão dieletrica")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192414", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192414", " Equipamento Engetel - FMS 2000")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192393", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192393", " Relógio comparador - Mihohogu - Sem uso")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192412", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192412", " Lote com: 10 unid. Bomba Manual para graxa com sistema de gatilho")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192398", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192398", " Notebook Lenovo - R61 Think Pad - intel celeron")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192335", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192335", " Notebook Emachines E725 - Dual core")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192415", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192415", " Notebook Samsung NP300E4C - I3 - sem bateria")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192400", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192400", " Torre CPU Think Centre Lenovo - Windows 7 - Intel Pentium")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192390", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192390", " Torre CPU Think Centre Lenovo -Windows 7 - Intel Pentium")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192408", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192408", " Torre CPU Think Centre Lenovo - Windows 7 - Intel Pentium")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192388", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192388", " Torre CPU Think Centre Lenovo - Windows 7 - Intel Pentium")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192392", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192392", " Torre CPU Think Centre Lenovo - Windows 7 - Intel Pentium")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192419", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192419", " Torre CPU Think Centre Lenovo - Windows 7 - Intel Pentium")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192417", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192417", " Torre CPU Think Centre Lenovo - Windows 7 - Intel Pentium")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192425", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192425", " Torre CPU Think Centre Lenovo - Windows 7 - Intel Pentium")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192413", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192413", " Torre CPU Think Centre Lenovo - Windows 7 - Intel Pentium")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192436", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192436", " Torre CPU Think Centre Lenovo - Windows 7 - Intel Pentium")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192387", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192387", " Linha com Rebobinador, bobinador e alinhador de entrada - Fabrimaquinas - com motoredutores e comando Sew Eurodrive")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192450", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192450", " Lote com: Torno/Morsa para tubos Nº 4 - Metalsul/Brasfixo")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192435", "099")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192435", " Lote com: 10 latas de óleo para aviões - Synthetic Jet Engine Oil - Mobil Jet - 946 Ml por lata")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192399", "100")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192399", " Lote com: 10m De mangueira de sucção - 3" - Sem uso")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192427", "101")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192427", " Painel de distribuição geral óptico interno - Furukawa - 72P/144P - Sem uso")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192411", "102")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192411", " Lote com: 06 racks - suportes de escada para veículos")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192438", "103")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192438", " Mesa para exame de linha - Engetal - EQP000413")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192434", "104")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192434", " Lote com: 10 caixas para telefonia - terminal de acesso - sem uso")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192396", "105")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192396", " Aparelho de Raio X - VMI Fixo - ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192421", "106")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192421", " Cama Box solteiro - 88X188 cm - colchão e box ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192394", "107")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192394", " Lote com: 15 unid. Escadas domesticas em ferro")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192401", "108")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192401", " Lote com: 30 unid. Bisturis Oftamológicos Optimum Knife - Visitec Straight 374891")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192407", "109")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192407", " Lote com 10 Bisturis Oftamologicos ,  Visitec 2.75mm 45º slit knife ( 373727)")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192446", "110")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192446", " Lote com 10 bisturis Safety Sideport , Visitec Knife Straight 15º ( 378235 ) ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192445", "111")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192445", " Lote com 10 bisturis Safety Slit Knife , 2,4mm 45º Bevel UP ( 378224 )  ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192458", "112")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192458", " Lote com 10 bisturis Safety Slit Knife , 2,2mm 45º Bevel UP ( 378222 )  ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192386", "113")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192386", " Lote com 30 bisturis Visitec , 2,2mm 45º slit Knife  ( 373722 )  ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192431", "114")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192431", " Lote com: 100 unid. Aventais decartáveis manga longa - Volk do Brasil - TNT ML30gr - Sem uso")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192444", "115")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192444", " Lote com: 100 unid. Aventais decartáveis manga longa - Volk do Brasil - TNT ML30gr - Sem uso")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192437", "116")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192437", " Lote com: 100 unid. Aventais decartáveis manga longa - Volk do Brasil - TNT ML30gr - Sem uso")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192416", "117")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192416", " Lote com: 500 unid. Aventais decartáveis manga longa - Volk do Brasil - TNT ML30gr - Sem uso")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192351", "118")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192351", " Lote com: 500 unid. Aventais decartáveis manga longa - Volk do Brasil - TNT ML30gr - Sem uso")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192403", "119")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192403", " Lote com: 500 unid. Aventais decartáveis manga longa - Volk do Brasil - TNT ML30gr - Sem uso")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192432", "120")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192432", " Lote com: 500 pares de Luvas Latex esterilizada - Glove")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192405", "121")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192405", " Lote com: 500 pares de Luvas Latex esterilizada - Glove")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192406", "122")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192406", " Cherry Face 2011 - Pl. Final 5")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192429", "123")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192429", " Lousa Eletrônica Smart Board 800")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192422", "124")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192422", " Lousa Eletrônica Smart Board 800")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192420", "125")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192420", " Maçarico Para brasagem | Condor | com Bujão(vazio) carrinho com regulagem e mangueira com regulador")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192448", "126")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192448", " Lote de sucata: 02 notebooks Acer | Impressora HP Photosmart C4680 | Cpu Lenovo | 03 monitores | Servidor ")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192455", "127")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192455", " Mesa para modelagem - Audaces mod. 5355")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192418", "128")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192418", " Lote com: 4 unid. Switchs")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192451", "129")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192451", " Mesa inclinada com gaveta")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192449", "130")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192449", " Lote com: 02 estufas para eletrodos")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192426", "131")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192426", " Lote com: 10 mini painéis, sendo 05 com fusíveis e 05 com contator")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192428", "132")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192428", " Lote com: 02 máscaras para solda")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192460", "133")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192460", " Bancada para solda com armário embutido")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192454", "134")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192454", " Bancada para solda com armário embutido")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192459", "135")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192459", " Megometro Analogico em estojo")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192456", "136")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192456", " Lote com: 03 telefones Intelbras Hdst SB20")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192441", "137")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192441", " Lote com: 03 telefones Intelbras Hdst SB20")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192447", "138")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192447", " Máquina para água/suco em inox")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192457", "139")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192457", " Controlador de Potencia pcw-3p-60 -- Marca Novus pCW 3 P60 - carga 60A, surto 1200A - sem uso ( 01 unidade ) ")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192423", "140")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192423", " Controlador de Potencia pcw-3p-60 -- Marca Novus pCW 3 P60 - carga 60A, surto 1200A - sem uso")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192430", "141")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192430", " Lote com: 30 malas para máquinas de fusão - Somente malas")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192442", "142")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192442", " Lote com: 03 gaveteiros com 03 gavetas")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192452", "143")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192452", " Ponte Wheastore")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192440", "144")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192440", " Lote com: 03 gaveteiros")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192433", "145")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192433", " Watimetro")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192424", "146")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192424", " Lote com: 09 furadeiras")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192443", "147")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192443", " Interface Datapool - ICI1115 - com cabos - sem uso")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...218 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192439", "148")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192439", " Lote com: 03 fontes de alimentação linear - Eletroteste")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...506 lines deleted...]
-      <c r="E37" s="5" t="inlineStr">
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192453", "149")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192453", " Sistema Microcontrolador Familia 8051 - sem uso")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193646", "150")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193646", "Conjunto de sofás 2 e 3 lugares. Pequeno 1,50m x 0,98m (fechado), Grande 2,00m x 0,98m (fechado).")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F37" s="4" t="inlineStr">
-[...479 lines deleted...]
-      <c r="F52" s="4" t="inlineStr">
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194562", "151")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194562", "Imac - processador Intel I5 - 21.5pol (1920x1080) - Disco Sata 500GB - Placa grafica AMD Radeon HD 6750M 512MB - Memoria ram 4 GB 1333 MHz DDR3")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-[...3422 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194563", "152")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194563", "Imac - processador Intel I5 - 21.5pol (1920x1080) - Disco Sata 500GB - Placa grafica AMD Radeon HD 6750M 512MB - Memoria ram 4 GB 1333 MHz DDR3")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>