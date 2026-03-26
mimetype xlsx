--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,827 +269,727 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192749", "025")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192749", "veja o vídeo!! HONDA/HR-V EXL CVT; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - FIPE: R$ 118.084,00")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>72.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192523", "030")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192523", "veja o vídeo!! I/PEUGEOT 208 ALLURE 1AT; 2021/2022; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193013", "032")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193013", "veja o vídeo!! TOYOTA/YARIS SD XL 15 AT; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>46.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192529", "034")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192529", "veja o vídeo!! HONDA/HR-V LX CVT; 2017/2018; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192527", "043")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192527", "veja o vídeo!! CHEV/ONIX JOY BLACK; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 17.600KM")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>44.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193041", "044")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193041", "HONDA/FIT EX CVT; 2014/2015; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...47 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192524", "045")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192524", "veja o vídeo!! HONDA/CITY PERSONAL; 2019/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193039", "046")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193039", "veja o vídeo!! FIAT/STRADA WK CC E; 2019/2020; BRANCA; GAS./A./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>45.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192530", "049")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192530", "veja o vídeo!! I/HONDA CR-V EXL; 2008/2008; PRATA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192525", "050")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192525", "veja o vídeo!! TOYOTA/COROLLA GLI18 CVT; 2016/2017; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>56.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192977", "051")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192977", "veja o vídeo!! VW/NOVO FOX ROCK RIO MB; 2015/2016; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193012", "052")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193012", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>68.750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192535", "053")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192535", "veja o vídeo!! I/VOLVO S60 2.0 T5 KINET; 2015/2015; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>53.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192536", "055")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192536", "veja o vídeo!! YAMAHA/MT09 TRACER; 2020/2021; PRETA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192744", "057")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192744", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>31.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192972", "059")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192972", "veja o vídeo!! HONDA/WR-V EX CVT; 2018/2018; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192537", "060")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192537", "I/HYUNDAI I30 2.0; 2011/2012; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192750", "063")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192750", "veja o vídeo!! HONDA/FIT EXL CVT; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192532", "065")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192532", "veja o vídeo!! HONDA/FIT PERSONAL; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 21.500KM")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>43.750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192740", "067")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192740", "veja o vídeo!! FIAT/STRADA WORKING CE; 2015/2016; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192531", "070")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192531", "veja o vídeo!! HONDA/WR-V EXL CVT; 2019/2020; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>87</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192533", "075")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192533", "veja o vídeo!! HONDA/CITY EX CVT; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192539", "077")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192539", "veja o vídeo!! I/HONDA CR-V LX FLEX; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192538", "080")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192538", "veja o vídeo!! CITROEN/C3 PICASSO EXC A; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...638 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192534", "083")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192534", "veja o vídeo!! CHEV/ONIX JOY; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>