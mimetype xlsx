--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,1371 +269,1203 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192758", "1000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192758", "[ VÍDEO ] LANCHA 19 PÉS (5,66 METROS) ANO 1990- MOD. CASCO VENTURA. EQUIPADO COM FISH FINDER- RADIO COM BLUETOOTH / SALVATAGEM COMPLETA / TRIM/BOMBA DE PORÃO / 2 BATERIAS / COLETES / SOM / ANCORA / PINTURA BOA. CARRETA INCLUSA. MOTOR INCLUSO (200 HP)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>21.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192766", "1001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192766", " JET SKI SEADOO ANO 2007 (HOMOLOGADO NA MARINHA EM 2010 GTI 155/ COM CARRETINHA DE TRANSPORTE)")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192756", "1002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192756", "Toyota Hilux CD SR XA 4 FD Ano 2015/2016 - Diesel")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193095", "1003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193095", "[ VÍDEOS ] BARCO DE PESCA "REIS DA PESCA"")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192762", "1004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192762", " Veiculo – Volks – modelo – Variant – Ano 1973 – Colecionador – funcionando ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192779", "1005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192779", "[ VÍDEOS ] I / LAND ROVER DEFENDER 110S 2.4 - ANO 2008/2009 - DIESEL - AZUL - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>134.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192780", "1006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192780", "VW / GOL GTS  ANO 1991/1992 - ETANOL - COR VERMELHA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193982", "1007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193982", "FORD / F1000 ANO 1983/1983 - COR PRETA - DIESEL - MOTOR MWM 229")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192771", "1008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192771", "FORD / F1000 SS ANO 1990/1990  - DIESEL -CARROCERIA ABERTA- MOTOR/CÂMBIO REVISADO/EMBREGEM NOVA/ PNEIS XBRI 295/16 - ORIGINAL")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>62.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192776", "1009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192776", "GM CELTA 2P LIFE ANO 2006/2007 - BRANCA - FLEX")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192782", "1010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192782", "TROLLER T4 TDI ANO 2001/2001 - DIESEL - COR VERDE")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>42.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193094", "1011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193094", " GM/MONTANA LS2 ANO 2017/2018 - COR BRANCA - FLEX")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192769", "1012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192769", " Nissan Frontier S. 4x4. Diesel. Ano 2014")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193093", "1013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193093", " GM/CLASSIC SPIRIT ANO 2006/2006 -COR BRANCA- GASOLINA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192785", "1014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192785", "[ VÍDEO ] TOYOTA HILUX CD 4X4 SRV. DIESEL. ANO 2013")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192786", "1015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192786", "[ VÍDEOS ] TOYOTA HILUX CD SRV A4FD. DIESEL. ANO 2022 (Aprox. 23.000 km)")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192772", "1016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192772", "FORD RURAL WILLYS GASOLINA E GNV. ANO 1966")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192774", "1017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192774", " FIAT / STRADA WORKING ANO 2013/2014 - BRANCA - FLEX ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192773", "1018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192773", " GM / CELTA 2P LIFE ANO 2010/2010 - PRATA - FLEX")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192775", "1019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192775", "VW SAVEIRO 1.8 ano 2005/2006 - FLEX - AMBULÂNCIA ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193986", "1020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193986", "FORD RANGER XL CD. DIESEL. ANO 2017/ 2018")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>73.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192783", "2001")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192783", "MERCEDES BENS 1318 ANO 2009. COM MUNCK 3 T PE. COM 2 HIDRÁULICAS. FUNCIONANDO.")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>175.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192759", "2002")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192759", " Trio Elétrico: Caminhão MB/ L 113. Ano 1976. Chassi alongado. Potência total de som: 58.000 Watts")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194387", "2003")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194387", " Caminhão Volvo fh 12 380 4x2 toco ano 2001")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192767", "2004")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192767", "CAMINHÃO VW 17.190 WORKER. ANO: 2012 / 2013. REVISADO. FUNCIONANDO. PNEUS SEMI NOVOS. CAMINHÂO NO CHASSI. EQUIPAMENTO NÂO INCLUSO.")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192768", "2005")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192768", "CAMINHÃO VW 17.190 WORKER. ANO 2012/ 2013. REVISADO. FUNCIONANDO. PNEUS SEMI NOVOS. EQUIPAMENTO NÃO INCLUSO.")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194388", "2006")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194388", " Caminhão Ford cargo 4030 toco ano 1999 com munck imap modelo 16.000 com duas lanças hidráulicas e 02 lanças manuais")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192770", "2009")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192770", " CAVALO 6X2 VOLVO FH 380-6X2. ANO 2004")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>86.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192777", "2011")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192777", "VW 12.170  BT ANO 1999/1999 - BRANCA - DIESEL - TOCO -no chassi")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192778", "4001")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192778", " Manipulador telescópico marca Faresin altura de trabalho 17 metros. Necessita revisão elétrica")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192765", "4002")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192765", " Munck – modelo – 20.000 – com 02 Lanças hidráulicas e 02 Manuais")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192754", "4003")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192754", "Guindaste auto propelido, marca PPM 23 Toneladas, motor Deusts 6cc, 24 mts lança. Ano 87. Parou funcionando. Necessário manutenção.")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192753", "4004")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192753", "Guindaste marca Bantam modelo S628, 18 toneladas, ano 1985, lança 22 mts, motor Cummins, e lança Aux Gibi 4 mts. Parou funcionando. Necessário manutenção.")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192761", "4005")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192761", "GUINDASTE CLARCK MOD. 720 ANO 1986 - 20 TON. - MOTOR MERCEDES BENZ 352")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>67.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192784", "4006")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192784", "Munck madal 11500,  2 lanças,  para 5 t pe")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192755", "7001")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192755", " Semi Reboque Prancha Carreta Carrega Tudo, marca Randon , 60 Toneladas, ano 1981 sem pneus , Pneumática, com rampa, aceita Dolly, 12 mts reta, aceita colocação instalação de locks para containers")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>185.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194386", "7002")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194386", " Conjunto tanque fibra vinhaça capacidade 30.000 litros cada chassis. Ano 2016 todo revisado. Sem pneus")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192764", "7003")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192764", " Semi Reboque – Sider – marca Facchini – Ano 2017 – 02 eixos – assoalho de chapa – comprimento 15 metros")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193096", "7005")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193096", " CAÇAMBA PARA TRUCK COM PISTÕES E BOMBA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192781", "7006")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192781", "CARROCERIA DE MADEIRA PARA CAMINHÃO TOCO - ASSOALHO DE MADEIRA BOM ESTADO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192760", "7009")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192760", " Reboque Ano 1995. Marca Lençois RRTC")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192757", "7014")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192757", "CARRETA REBOQUE BAÚ ANO 2022 (SEM  USO)")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>