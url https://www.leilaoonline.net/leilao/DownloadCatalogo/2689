--- v0 (2026-02-09)
+++ v1 (2026-03-26)
@@ -269,3003 +269,2631 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194101", "1000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194101", "[ VÍDEO ] 04 COMPRESSORES DE ALTA PRESSÃO. MOTOR SCANIA (02 CHICAGO e 02 ATLAS COPCO) E 02 CHASSIS. VEJA ESPECIFICAÇÕES")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192856", "3000")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192856", "PÁ CARREGADEIRA KOMATSU  MOD.WA-380 /209 - ano 2009 - SEM TORQUE - COM MOTOR CUMMINS ELETRÔNICO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192792", "3001")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192792", "Empilhadeira Taylor. Mod. T360. Capacidade: 18 tons. Ano: 1988. Motor: OM 352 Turbo revisado. Transmissão: Alisson 3 marchas a frente e tres a ré. Funcionando.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192802", "3002")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192802", "Pá Carregadeira New Holland. Mod. 130 B. Ano 2018. Motor e transmissão desinstalados mas acompanham o lote")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192812", "3003")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192812", "Pá Carregadeira Caterpillar mod. 924H ano 2012. Aprox. 10.700 horas (cabine original)")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192816", "3004")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192816", "ESCAVADEIRA HIDRÁULICA CATERPILLAR MOD. 312 DL ANO 2014 - APROX. 6.000 HRS.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>112.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192818", "3005")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192818", "ESCAVADEIRA CATERPILLAR MOD. 315 ANO 2007")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>280.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192829", "3006")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192829", "PÁ CARREGADEIRA SDLG MOD. LG936L ANO 2006")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>170.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192834", "3007")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192834", "[ VÍDEO ] Escavadeira Volvo Ec 220D Ano 2015 Operacional.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192798", "3008")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192798", " TRATOR DEUTZ DM ANO 1963 -CILINDROS REFRIGERADOS A AR (ORIGINAL)")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193667", "3009")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193667", "EMPILHADEIRA  MARCA HELI MOD. CPC D100 - CAPAC. 10 TON. ANO 2012 - NO ESTADO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192803", "3010")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192803", "Empilhadeira marca Maximal – capac. 4,5 Ton – Ano 2014 – toda revisada. Operacional")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192806", "3012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192806", "TRATOR AGRÍCOLA VOLVO 350")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192855", "3013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192855", "[ VÍDEO ] PÁ CARREGADEIRA KOMATSU  MOD. WA-320   ANO 2007")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192823", "3014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192823", " TRATOR MASSEY FERGUSON MOD.65R ANO 1908 COM IMPLEMENTO EMPILHADEIRA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192871", "3015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192871", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD. 55C ARTICULADA TRANSMISSÃO CLARCK DANA 22.000 - ANO APROX. 1995. BATERIA NOVA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>111.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192869", "3016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192869", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD. 55C ARTICULADA TRANSMISSÃO 18.000 - ANO APROX. 1995. BATERIA NOVA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192872", "3017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192872", "TRATOR FORD MOD. 6610 ANO 1996 - C/ CONCHA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192873", "3018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192873", "MOTOR PARA RETROESCAVADEIRA JCB (PARCIAL) ANO 2004")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193097", "5001")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193097", "[ VÍDEOS } COLHEITADEIRA NEW HOLLAND MOD. TC 59 ANO 2004 - COM PLATAFORMA 23 PÉS SUPER FLEX.")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>330.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193098", "5002")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193098", "[ VÍDEO ] PULVERIZADOR AGRÍCOLA MARCA METALFOR MOD. MULTIPLE AB3000 LTS - ANO 2004.")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192839", "5006")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192839", "SUBSOLADOR CIVEMASA P/ 7 HASTES -POTENCIA REQUERIDA 250CV OU MAIS ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192808", "5007")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192808", " Arado. Marca Líder. 3 Discos")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192826", "5008")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192826", "ARADO 3 BACIAS ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192874", "5010")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192874", "[ VÍDEOS ] Plantadeira Jumil 04 linhas.  Pouco uso.  Muito conservada.  Pronta para uso . Revisada.  Entrelinhas regulada para 70 centímetros. Ano 1987")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192841", "5011")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192841", " Adubador de disco 1250H e Sulcador 3 PTS Hidraulico. Marca DMB. Ano 2016")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192840", "5012")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192840", " Super Cultivador e Sulcador São Francisco com motor hidraulico. Marca DMB. Ano 2006")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192846", "5013")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192846", " Cobridor de Cana com rolo Compactador. Marca DMB")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192844", "5014")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192844", " Quebra Lombo com Tanque para aplicação de herbicida. Marca DMB")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192842", "5015")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192842", " Plaina Hidra Nível Reversível Starplan 5.000 Rodado 14.9-24 Star A. Marca Stara. Ano 2011")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192845", "5016")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192845", " Pulverizador Jacto 800 litros. Marca Jacto")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192852", "5017")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192852", "[ VÍDEO ] VAGÃO DISTRIBUIDOR DE CALCÁRIO TIPO NEVOEIRO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192857", "5018")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192857", "SUCATA PLANTADEIRA SLC JOHN DEERE")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192858", "5019")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192858", "SUCATA PLANTADEIRA SLC JOHN DEERE")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192868", "5020")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192868", "SUCATA PEÇAS PLANTADEIRA JUMIL")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192787", "5022")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192787", " Kit caixa de peneira e bandejão. Marca New Holland. Para colheitadeira tc 59. Em bom estado de conservação")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192788", "5023")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192788", " Plataforma Marca Massey Ferguson. Modelo 5/90")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192789", "5024")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192789", " Esparramador de palha. Marca Bandeirantes para colheitadeira Massey Ferguson")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192824", "5025")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192824", " GRADE ARADORA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194389", "6000")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194389", " Plataforma elevatória marca Genie diesel 4x4 Ano 2008 modelo Z80 altura de trabalho 26 metros. Necessita de reforma e peças ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192804", "6001")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192804", "[ VÍDEO ] Plataforma Elevatória marca JLG. Mod. AM-36. Altura 12 metros. Em bom estado funcionamento")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192866", "6002")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192866", " Plataforma elevatória marca Genie diesel 4x4 Ano 2008. Ótimo estado. Revisada")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192867", "6003")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192867", " Calandra Hidráulica. Ótimo estado")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192861", "6004")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192861", " Plataforma elevatória marca Sinoboom. Altura de trabalho 12 metros. Elétrica com baterias. Bom estado. Ano 2013")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192791", "6005")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192791", "Peças para caminhão -  sem uso - Dvs marcas (planilha anexa)")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192790", "6006")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192790", "Peças para colhedeira de cana  sem uso - Dvs marcas (planilha em anexo)")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192799", "6007")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192799", "Baú 16 pallets Niju Ano 2010. Reformado pintura nova")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192800", "6008")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192800", "Capó para MB 1620 com para lama esquerdo")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192795", "6009")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192795", " 01 CAPÔ SCANIA 112 -BRANCA")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192793", "6010")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192793", " CARRETINHA (3,5 METROS COMPRIMENTO)s/documento")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192796", "6011")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192796", " QUINTA RODA P/ CAMINHÃO CANAVIEIRO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192797", "6012")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192797", " LOTE DE VIDROS/COM JANELAS DIVERSOS")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194390", "6013")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194390", " Plataforma elevatória marca genie diesel 4x4 ano 2013 toda revisada. Altura de trabalho 26 metros modelo z80")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>395.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192801", "6014")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192801", "GRADE ARADORA CIVEMASA CANAVIEIRA 20X34 " X 370MM  ")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>69.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192794", "6015")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192794", " CARCAÇA DIFERENCIAL SCANIA 9114 - ANO 2014")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194392", "6016")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194392", " Munck marca imap modelo 35.000 ano 2008 todo revisado com 04 lanças hidráulicas e 02 lanças manuais com patola traseira sobre chassis e grampos")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194391", "6017")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194391", " Munck marca PhD modelo 45.007 ano 2010 com 04 lanças hidráulicas e 3 lanças manuais com patola traseira sobre chassis grampos e bomba hidráulica ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192814", "6018")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192814", " Aprox. 20 Rolamentos industriais (8 un.6322 c3, 5 un. 6319 c3 e outros)")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192813", "6019")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192813", " Aprox. 27 unidades de Bobinas 24V")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192815", "6020")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192815", " Lote com itens diversos - Policorte, ferramentas diversas, balança e outros")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192819", "6021")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192819", "  Tanque em fibra vidro – capacidade 15.000 Litros – marca Unifibra")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192822", "6023")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192822", "02 EIXOS CLARCK DIRECIONAL COMPLETO COM RODAS / PNEUS (4 RODAS E 4 PNEUS)")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192853", "6024")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192853", "COMPRESSOR PARAFUSO SCHULTZ 4030")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192817", "6025")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192817", " Compressor parafuso kaeser M38. Diesel. 3 cilindros. Ano Fab 2001")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192827", "6026")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192827", "SILO VICOM")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194464", "6027")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194464", "CONTAINER 6 MTS")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192809", "6028")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192809", " 02  tanques de caminhão")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192810", "6029")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192810", " Bancada de teste Wabco")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192811", "6030")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192811", " Maquina de rebitar freio")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192832", "6032")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192832", "01 bicicleta cargueira")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192833", "6033")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192833", "1 Compressor")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192830", "6034")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192830", " 4 tomadas de força sendo; 2  - Eaton 8 marchas, 1 - Eaton 10 marchas e1 -ZF")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192831", "6035")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192831", " 7 filtros Tecfil  PSL523")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192838", "6036")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192838", "CONJUNTO 4 PÇS - PROTETOR DE CULTURA PARA AUTOPROPELIDO JACTO UNIPORT 2030 - (SEM USO)")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192835", "6037")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192835", "Máquina de Pintura de guias e meio-fio. 2.500 Litros. Semi-nova. Reformada.")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192820", "6038")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192820", "TORQUE CLARCK 28.000 MODELO COM CONVERSOR ")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192837", "6039")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192837", "[ VÍDEO ] Carrinho Lotucar Completo. Reformado e reforçado")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192836", "6040")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192836", "[ VÍDEO ] 50 unidades de Carrinho Lotucar Completos. Reformados e reforçados")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192843", "6041")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192843", " Tanque Coral 2.000 litros com Bomba Andrade Masp 51. Marcas Jacto/Andrade. Ano 2010")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192807", "6042")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192807", " Torno horizontal Wroctaw")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192847", "6044")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192847", " DIFERENCIAL VOLVO FH 400 ANO 2010")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192848", "6045")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192848", "TANQUE DE AÇO CARBONO CAPACIDADE 60.000 LITROS - COM ESCADA MARINHEIRO")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192849", "6046")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192849", " 01 gerador 20KVA")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192854", "6047")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192854", "PLACA MAGNETICA - 300 X 600 ")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192851", "6048")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192851", "EIXO COM DIFERENCIAL TRASEIRO PARA MB.")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192805", "6049")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192805", " Furadeira radial  Rocco modelo R-35")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192859", "6051")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192859", " Talha elétrica marca Vastec capacidade 10 Ton")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192865", "6052")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192865", " Tanque em fibra vinhaça capacidade 30.000 litros marca Edra em ótimo estado ")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192860", "6053")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192860", " Tanque em fibra vinhaça capacidade 30.000 litros marca Edra em ótimo estado ")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192862", "6054")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192862", " Tanque em fibra vinhaça capacidade 30.000 litros marca Edra em ótimo estado ")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192863", "6055")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192863", " Tanque em fibra vinhaça capacidade 30.000 litros marca Edra em ótimo estado ")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192875", "6056")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192875", " Container 12 metros em ótimo estado")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192864", "6058")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192864", " Plasma para corte de chapas marca Eutectic Power Max 20. Ótimo estado")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>