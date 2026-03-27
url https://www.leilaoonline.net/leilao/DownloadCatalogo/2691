--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192665", "025")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192665", "CHEVROLET/S10 LS DD4; 2018/2019; COR FANTASIA; DIESEL; CABINE DUPLA - FUNCIONANDO - FROTA 15")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>71.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192666", "026")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192666", "CHEVROLET/S10 LS DD4; 2019/2020; COR FANTASIA; DIESEL; CABINE DUPLA - FUNCIONANDO - FROTA 77")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>71.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192664", "027")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192664", "CAMIONETE S10 LS DS 4; 2012/2013; DIESEL - FUNCIONANDO - FROTA 45")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>70.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192671", "030")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192671", "CHEVROLET S10 LS DD4; 2021/2022; 4X4; DIESEL - FUNCIONANDO - FROTA 40")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192672", "032")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192672", "NISSAN FRONTIER S MTX4; 2021/2021; CABINE DUPLA; 4X4; DIESEL - FUNCIONANDO - FROTA J54")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>64.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192673", "033")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192673", "CHEVROLET S10 LS DD4; 2021/2022; 4X4; DIESEL - FUNCIONANDO - FROTA D93")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>64.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192674", "035")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192674", "CHEVROLET S10 LS DD4; 2021/2022; 4X4; DIESEL - FUNCIONANDO - FROTA G33")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>83.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192667", "041")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192667", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; ALCO./GASOL. - FUNCIONANDO - PLACA FINAL 749")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192668", "042")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192668", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; ALCO./GASOL. - FUNCIONANDO - PLACA FINAL 814")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192669", "043")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192669", "FIAT DOBLO ESSENCE 7LE PASSAGEIRO; 2016/2017 - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192670", "044")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192670", "CAMIONETE KIA UK 2500 HD - SC; 2011/2012; CAB. SUPLEMENTAR E CARROCERIA - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>48.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192675", "051")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192675", "RENAULT MASTER FUR L1H1; 2018/2019; CARGA CAMIONETE; CATEGORIA FURGÃO - FUNCIONANDO - FROTA 498")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192676", "053")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192676", "RENAULT MASTER FUR L1H1; 2021/2022; CARGA CAMIONETE; CATEGORIA FURGÃO - FUNCIONANDO - FROTA G65")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192682", "054")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192682", "RENAULT MASTER FUR L1H1; 2021/2022; CARGA CAMIONETE; CATEGORIA FURGÃO - FUNCIONANDO - FROTA G56")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192683", "055")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192683", "RENAULT MASTER FUR L1H1; 2018/2019; CARGA CAMIONETE; CATEGORIA FURGÃO - FUNCIONANDO - FROTA 619")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192677", "057")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192677", "VW AMAROK CD 4X4 HIG; 2012/2013; CABINE DUPLA - FUNCIONANDO - PLACA FINAL 38")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192746", "060")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192746", "CHEVROLET/CRUZE LT NB; 2012/2012; ALCO./GASOL./GNV - FUNCIONANDO - PLACA FINAL A20")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192678", "080")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192678", "CAMINHÃO IVECO/TRAKKER 720T 42TN; 2009/2010; ANO TIPO TRAÇÃO CAMINHÃO TRATOR")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192679", "085")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192679", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 58")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192680", "086")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192680", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 16")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192681", "087")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192681", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 94")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
-      <c r="B21" s="4" t="inlineStr">
-[...333 lines deleted...]
-      </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>70.750,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192747", "090")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192747", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FUNCIONANDO - FROTA 539")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>46.250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>