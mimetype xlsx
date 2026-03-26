--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194334", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194334", "EMPILHADEIRA CLARK 7 TON")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>59.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194333", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194333", "EMPILHADEIRA CLARK 2,5 TON (NÃO ACOMPANHA CILINDRO DE GÁS)")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>31.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192736", "106")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192736", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 40")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>108</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>210.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192737", "107")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192737", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 65")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>201.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192738", "145")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192738", "CAÇAMBA COMPACTADORA DE LIXO PARA CAMINHÃO TOCO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192739", "150")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/192739", "CAÇAMBA COMPACTADORA DE LIXO PARA CAMINHÃO TOCO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194378", "155")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194378", "COMPACTADOR DE LIXO; MARCA PLANALTO; 19 METROS CUBICOS; PARA CAMINHÃO TRUCADO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>