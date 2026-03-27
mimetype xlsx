--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193050", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193050", " CAMINHAO COMPACTADOR USIMECA 15 M3 - FORD CARGO - 1717 E - 4X2  NO ESTADO.  ANO:  2011/2011 PLACA:  AUG8C92 CHASSI:  9BFYCE6U5BBB81047 RENAVAM:  339078570 KM ATUAL APROX. 427699. OBS:  Veículo ok, estava operacional, porém, está parado aprox. 2 meses. No estado em que se encontra. MAIS DETALHES: SI")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>83.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193051", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193051", " CAMINHÃO COMPACTADOR USIMECA 19 M3 - VW 24250 - 6X2  NO ESTADO.  ANO:  2011/2012 PLACA:  FCB6D44 CHASSI:  9534N8242CR234976 RENAVAM:  481038906. KM ATUAL APROX. 413,400 OBS:  Veículo ok, estava operacional, porém, está parado aprox. 2 meses. No estado em que se encontra. MAIS DETALHES: SINTESE ANEX")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>156.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193049", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193049", " CAMINHÃO COMPACTADOR USIMECA 19 M3 - VW 24250 - 6X2  NO ESTADO.  ANO:  2011/2012 PLACA:  FCB6363 CHASSI:  9534N8246CR235015 RENAVAM:  479747946. KM ATUAL APROX. 428,200 OBS:  Veículo ok, estava operacional, porém, está parado aprox. 2 meses. No estado em que se encontra. MAIS DETALHES: SINTESE ANEX")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>152.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193052", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193052", " CAMINHÃO COMPACTADOR  PLANALTO 15 M3 -  VW 17230  - 4X2  NO ESTADO.  ANO:  2016. PLACA:  GGO8410 CHASSI:  9533G8249GR607538 RENAVAM:  1089342443 KM ATUAL APROX. 190,000 OBS:  Veículo ok, estava operacional, porém, está parado aprox. 2 meses. No estado em que se encontra. MAIS DETALHES: SINTESE ANEX")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>136.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193053", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193053", " CAMINHÃO COMPACTADOR USIMECA 19 M3 - VW 24250 - 6X2  NO ESTADO.  ANO:  2011/2012 PLACA:  FCB6342 CHASSI:  9534N8247CR234696 RENAVAM:  481043225 OBS:  Motor funciona, porém necessita de revisão em geral (não sai rodando, retirada no guincho). Sem cardan. No estado em que se encontra. MAIS DETALHES: ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>132.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193054", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193054", " FIAT PALIO FIRE ECONOMY,  NO ESTADO.  ANO:  2010 PLACA:  EPI3359 CHASSI:  9BD17164LA5626824 RENAVAM:  208560076 KM ATUAL APROX. 438,300 OBS:  Veículo ok, estava operacional. Pintura do capô descascando. no estado em que se encontra. MAIS DETALHES: SINTESE ANEXO.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193056", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193056", " FIAT DOBLÔ CARGO NO ESTADO.  ANO:  2012 / 2013 PLACA:  FGI8E52 CHASSI:  9BD223153D2030168 RENAVAM:  500906513 KM ATUAL APROX. 318300 OBS:  Veículo ok, estava operacional. no estado em que se encontra. MAIS DETALHES: SINTESE ANEXO.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193055", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193055", " CAIXA COMPACTADORA ESTACIONÁRIA - 17 M3  CAIXA: 03 NO ESTADO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193058", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193058", " CAIXA COMPACTADORA ESTACIONÁRIA - 17 M3 - PLANALTO CAIXA: 04 NO ESTADO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193057", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193057", " CAIXA COMPACTADORA ESTACIONÁRIA - 17 M3 - PLANALTO CAIXA: 07  NO ESTADO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193059", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193059", " CAIXA COMPACTADORA ESTACIONÁRIA - 17 M3 - PLANALTO CAIXA: 11 NO ESTADO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193060", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193060", " CAIXA COMPACTADORA ESTACIONÁRIA - 17 M3 - PORTAL  CAIXA: 12 NO ESTADO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193065", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193065", " CAIXA COMPACTADORA ESTACIONÁRIA - 17 M3 - PORTAL  CAIXA: 13 NO ESTADO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193062", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193062", " CAIXA COMPACTADORA ESTACIONÁRIA - 17 M3 - PORTAL  CAIXA: 14 NO ESTADO. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193063", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193063", " PEÇAS ALMOXARIFADO E DIVERSOS PALLET: 16  NO ESTADO.  RELAÇÃO DETALHADA NA SINTESE ANEXO.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193061", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193061", " PEÇAS ALMOXARIFADO E DIVERSOS GAIOLA: 09 NO ESTADO.  RELAÇÃO DETALHADA NA SINTESE ANEXO.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193064", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193064", " PEÇAS ALMOXARIFADO E DIVERSOS PALLET: 02 NO ESTADO.  RELAÇÃO DETALHADA NA SINTESE ANEXO.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...73 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193066", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193066", " PEÇAS ALMOXARIFADO E DIVERSOS PALLET: 06  NO ESTADO.  RELAÇÃO DETALHADA NA SINTESE ANEXO.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...260 lines deleted...]
-      <c r="F25" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...94 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193067", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193067", " PEÇAS ALMOXARIFADO E DIVERSOS GAIOLA: 12  NO ESTADO.  RELAÇÃO DETALHADA NA SINTESE ANEXO.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>