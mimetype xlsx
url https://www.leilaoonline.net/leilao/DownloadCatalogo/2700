--- v0 (2025-11-30)
+++ v1 (2026-03-26)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193073", "035")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193073", "veja o vídeo!! JEEP/COMPASS LONGITUDE F; 2017/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193077", "037")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193077", "FIAT/STRADA WORKING; 2014/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193074", "040")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193074", "veja o vídeo!! HONDA/FIT EXL CVT; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>53.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194098", "043")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194098", "veja o vídeo!! CHEVROLET/ONIX 1.0MT LT; 2019/2019; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193080", "045")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193080", "veja o vídeo!! TOYOTA/YARIS SD XL 15 AT; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>45.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193076", "050")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193076", "veja o vídeo!! FIAT/STRADA WORKING CE; 2015/2016; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193071", "055")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193071", "veja o vídeo!! HONDA/HR-V EXL CVT; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - FIPE: R$ 118.084,00")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193082", "057")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193082", "veja o vídeo!! I/CHEVROLET CAMARO 2SS; 2012/2013; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>127.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194269", "059")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194269", "veja o vídeo!! CHEV/ONIX JOY BLACK; 2020/2021; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193075", "060")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193075", "NISSAN/VERSA 10 S; 2015/2016; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194270", "061")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194270", "TOYOTA/ETIOS SD XS; 2012/2013; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>25.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194099", "062")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194099", "veja o vídeo!! VW/NOVO FOX ROCK RIO MB; 2015/2016; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>43.750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193069", "063")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193069", "FIAT/UNO ATTRACTIVE 1.0; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>31.250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193084", "065")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193084", "veja o vídeo!! HONDA/CITY EX CVT; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>51.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193669", "066")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193669", "veja o vídeo!! FIAT/STRADA WK CC E; 2019/2020; BRANCA; GAS./A./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193092", "067")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193092", "veja o vídeo!! HONDA/WR-V EX CVT; 2018/2018; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>75</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194097", "069")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194097", "veja o vídeo!! FIAT/STRADA TREK CE 1.6; 2012/2013; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193083", "070")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193083", "veja o vídeo!! HONDA/FIT PERSONAL; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 21.500KM")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193070", "073")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193070", "JEEP/COMPASS LONGITUDE F; 2017/2018; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>66.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193081", "075")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193081", "veja o vídeo!! RENAULT/DUSTER 16 D 4X2; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193078", "077")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193078", "HONDA/FIT EX CVT; 2014/2015; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193087", "080")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193087", "veja o vídeo!! CHEV/ONIX JOY BLACK; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 17.600KM")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>41.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...57 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193085", "083")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193085", "CHEVROLET/ONIX 1.4AT LTZ; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193079", "085")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193079", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...25 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193068", "090")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193068", "veja o vídeo!! CHEV/ONIX JOY; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193086", "093")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193086", "veja o vídeo!! HONDA/FIT EX CVT; 2014/2015; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193088", "095")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193088", "veja o vídeo!! HONDA/CITY PERSONAL; 2019/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>38.750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...638 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193089", "200")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193089", "JOGO DE RODAS 5 FUROS ARO 18" COM PNEUS 215 X 35")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.650,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193090", "205")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193090", "JOGO DE RODAS ORBITAL (FUTURA) ARO 14 COM PNEUS")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193091", "210")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193091", "JOGO DE RODAS MOD. GOL G3 GTI; ARO 15 COM PNEUS 195 50")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>