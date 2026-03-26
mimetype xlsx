--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,10139 +269,8875 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194102", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194102", " Cabos, kits, coroas, correntes, iluminação, pistões, cororas e carenagem. Veja especificações")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194103", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194103", " Dobradiças Johnson sem parafuso. Aprox. 300 unid")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194112", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194112", " Suporte do bagageiro da BMW F650 - kit top master 6 unid")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194105", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194105", " PTB 00ATEX1002 Marca ROSE SYSTEMTECHNIK GMBH – Aprox. 20 unid")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194107", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194107", " PTB 00ATEX 1002 Marca ROSE SYSTEM TECHNIK GMBH – 10 unid")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194106", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194106", " Pinça Spindle HSK 100 / B125. da marca Rohm – 02 unid")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194126", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194126", " SIEMENS 3RA1110-0JD15-1BB4 – 05 unid")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.125,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194104", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194104", " Dobradiças Johnson Hardware sem parafuso. Aprox. 500 unid")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194127", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194127", " Parafuso Tobutsu / N09-4145-05 – Aprox. 2.000 mil unidades de parafuso")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194109", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194109", " Chave tubolar cod 00166 com segredo – Aprox. 500 unid")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194108", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194108", " Ermeto ESV10L71 Parker original, anti reparo de solda hidraulica caixa com 5 unid – 10 kits com 5, totalizando Aprox. 50 unid")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.125,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194128", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194128", " Ermeto ESV10L71 Parker original, anti reparo de solda hidraulica caixa com 5 unid – 10kits com 5, totalizando Aprox. 50 unid")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194118", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194118", " Controle Toshiba cod SE-027 – Aprox. 30 unid")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194111", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194111", " Mangueira automotiva Fomoco 9S65-9K164-AB C013A 2070 - Aprox. 50 unid")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194119", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194119", " Mangueira automotiva Fomoco 9S65-9047-AA C013A 2490 – Aprox. 50 unid")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194115", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194115", " Válvula tipo borboleta Novacil - 02 unid")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194131", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194131", " Válvula de gaveta PN40/PN 32 -02 unid")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194110", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194110", " Válvula de gaveta PN40 /05C25 -02 unid")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194121", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194121", " Lote de placas Vicor sem componentes. Aprox. 250 unid")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194129", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194129", " Controle Toshiba cod SE-027 –Aprox. 30 unid")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194133", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194133", " Conector Ethernet RJ45 – Aprox. 200 unid")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194122", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194122", " Conector Ethernet RJ45 – Aprox. 200 unid")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194113", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194113", " Barramentos de Paineis / SCHNEIDER ELETRIC / EZB400W04 – 05 unid")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194116", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194116", " Barramentos de Paineis / SCHNEIDER ELETRIC / EZB250W08 – 05 unid")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194117", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194117", " Adaptador de tomada Quality Product – Aprox. 100 unid")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194123", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194123", " Adaptador de tomada Quality Product - Aprox. 100 unid")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194132", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194132", " 6 Pares de seta TVS N9321820 – 6 pares")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194125", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194125", " HP Hewlett packard Desigenjet 700 – 01 unid")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194135", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194135", " Lote de placas PN PH54G240NUBHB3SI-A sem componentes – Aprox. 980 unid")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194114", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194114", " Leitor Optico DV38-02-3 - 10 unid")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194120", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194120", " Leitor Optico DV38-02-3 - 10 unid")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194130", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194130", " Placa Eletrônica Janome 85850806 – 10 unid")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194124", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194124", " Placa Eletrônica Janome 85850806 – 10 unid")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194134", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194134", " Luminaria Tech Led cob 7W 3000k 2 Startec 9 unid")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194136", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194136", " Válvula – 2 unid     no estado ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194139", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194139", " Sobrelaminado de transferência térmica – aprox 20 rolos  no estado ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194144", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194144", " Placas eletrônicas  C2675 – Aprox. 20 unid.  Sem uso.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194137", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194137", " Compressores Embraco   no estado – 3 unid ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194146", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194146", " Calhas com e sem lâmpadas no estado  – 7 unid ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194140", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194140", " Adaptador de antena – Aprox. 500 unid")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194141", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194141", " Porcas – Aprox. 20 mil unid ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194138", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194138", " Motores Leroy Somer  - 02 unid no estado ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194142", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194142", " Paralama club car/ carrinho de golfe  - Aprox. 15 unid.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194143", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194143", " Peças para nobreak – aprox 40 peças")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194152", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194152", " Motores Welling – 2 unid novos")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194159", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194159", " Motor CE 220/380V  -01 unid. Motor Elektrin SH71/2A  - 01 unid ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194171", "049")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194171", " Juntas  - Aprox. 1.200 unid ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194148", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194148", " Thermal Dynamics consumíveis diversos  - Aprox. 200 peças")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194169", "051")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194169", " Porcas – Aprox. 20 mil unid")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194153", "052")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194153", " Regitar modelo Ft002 / Ft005. Aprox. 90 unid ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194170", "053")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194170", " Pneu Kingstone AT25X11.0/12  - 01 unid. Sem uso.")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194174", "054")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194174", " Peças Cat  5 peças total. Chicote eletrico cat ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194165", "055")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194165", " C.E.I.M conversor de ondas quadradas -6 peças total ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194163", "056")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194163", " Flanges diversas  – 120 peças aprox  no estado ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194160", "057")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194160", " Flanges diversas  – 100 peças aprox  no estado ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194149", "058")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194149", " Flanges duplas  - 15 peças aprox  no estado ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194147", "059")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194147", " Aparentemente cabeçote com engrenagem – aprox 6 unid. Conforme lote exposto.")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194191", "060")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194191", " Tampa externa veiculo GM  - 6 unid")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194150", "061")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194150", " Peças automotivas contendo alavanca de marcha – 2 unid e 8 peças sobressalentes  - total 10 peças")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194162", "062")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194162", " Thordon modelo F361050181 – SXL  BRG  - aprox  4 peças")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194167", "063")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194167", " Caximbo para vela diversos – aprox 300 peças")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194161", "064")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194161", " Induzido – aprox 20 peças")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194187", "065")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194187", " Subconjunto do carregador de bateria  modelo 151X1233DD01SA01   - 7 unid ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194172", "066")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194172", " Acabamento de bolsas / sapatos / cintos e outros  - aprox 1.000 peças")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194195", "067")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194195", " Peças de ar condicionado no estado – aprox 20 unid")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194164", "068")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194164", " Placas para DVD – 40 unid aprox ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194145", "069")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194145", " Tampa com placa eletrônica Van derlande  mod 0938009  - Aprox. 20 unid  ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194184", "070")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194184", " Allen Bradley diversos – aprox 40 unid ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194166", "071")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194166", " Materias elétricos aprox 100 peças ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194177", "072")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194177", " Cabos usado em celular modelo GPG M2510 – 40 unid ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194156", "073")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194156", " Botão  - aprox  90 unid ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194178", "074")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194178", " Peças aparentemente usada em corpo de válvula de cabeçote -  aprox 30 unid. Conforme lote exposto.")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194157", "075")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194157", " Correias diversas – aprox 30 peças")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194158", "076")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194158", " Chave de seta moto antiga  ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194175", "077")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194175", " Regitar modelo D1916  aprox 28 unid ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194168", "078")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194168", " Caixa de exaustor Camfil n° B625550-033  obs: sem motor   - 01 unid ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194154", "079")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194154", " Molas – aprox.  4 mil unid ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194155", "080")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194155", " Miolo de moto antiga – 10 unid ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194190", "081")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194190", " Fontes diversas – aprox 40 unid ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194194", "082")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194194", " Peças para carrinho de golfe modelo AM1188, Am807, P550012, L26150S. Aprox  15 peças ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194181", "083")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194181", " Motor no estado – 2 unid. Marca GRI modelo 12583-343")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194188", "084")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194188", " Motores ABB  - 02 unid ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194173", "085")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194173", " Motor ABB  - 01 unid ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194182", "086")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194182", " Motor ABB – 01 unid ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194176", "087")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194176", " Peças Putaway label – aprox  250 unid")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194179", "088")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194179", " Trocador de calor / radiador  - 01 unid  no estado  ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194180", "089")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194180", " Daihatsu – aprox 20 unid ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194189", "090")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194189", " Polia do virabrequim volvo FH – modelo 20799474 – 3 unid. Sem uso.")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194185", "091")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194185", " Escapamento de moto – 01 unid ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194192", "092")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194192", " Marcador de combustível Agro line. Aprox. 12 peças")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194151", "093")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194151", " Escapamentos – 02 unid. Ponteiras – 02 unid ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194193", "094")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194193", " Pneu com roda – 01 unid   no estado. Provavelmente agrícola. Conforme lote exposto.")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194186", "095")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194186", " Conexões – aprox 200 unid")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194183", "096")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194183", " Óculos preto colorido marca Bear Stuff  - Aprox. 250 unid ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194196", "097")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194196", " Basitek  cod 157257-1  - 8 peças sem uso")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194202", "098")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194202", " Coletor de admissão Apache  - Aprox. 50 unid ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194203", "099")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194203", " Conexões pneumáticas  - aprox 350 unid ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194200", "100")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194200", " Resistências para encubadora – 6 unid ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194197", "101")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194197", " Lote Mercedes – 6 unid aprox")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194201", "102")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194201", " Peças diversas para  equip. Eólicos GE – aprox 220 unid sem uso")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194198", "103")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194198", " Painel GM – 6 unid ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194204", "104")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194204", " Livro Textbook of Pediatric Infectious Diseases  - kit volume 1 e 2 ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194199", "105")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194199", " Livro Textbook of Pediatric Infectious Diseases  - kit volume 1 e 2 ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194205", "106")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194205", " Livro Textbook of Pediatric Infectious Diseases  - kit volume 1 e 2 ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194206", "107")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194206", " Livros Nanocosmetics And Nanomedicines -  5 unid ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194207", "108")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194207", " Lost Constellations  - 5 unid ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194208", "109")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194208", " Peças para bombas gouds – aprox 15 unid ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194209", "110")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194209", " Livros Nanocosmetics And Nanomedicines -  5 unid ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194210", "111")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194210", " Lost Constellations  - 5 unid ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194212", "112")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194212", " Abraçadeira de inox tipo tucho novas  – 50 unid aprox ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194211", "113")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194211", " Eaton Conjunto de vedação de pistão 6643TTVEJ – aprox 50 unid ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194214", "114")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194214", " Clip de metal para pias – Aprox. 500 unid ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194215", "115")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194215", " Clip de metal para pias – Aprox. 500 unid ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194213", "116")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194213", " Clip de metal para pias – Aprox. 500 unid ")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194218", "117")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194218", " Anel Kapco Nas1812-5ª – Aprox. 50 unid ")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194216", "118")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194216", " Filtrol Modelo Bu-100  sem uso – 02 unid ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194217", "119")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194217", " Válvula reguladora Airtac  no estado - 01 unid ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194221", "120")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194221", " Lote de peças KD Ingenieurtechnik – aprox 1.000 unid ")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194219", "121")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194219", " Peça WEISS  modelo ST05 15212 com motor Gergii kobold 346 -01 unid ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194225", "123")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194225", " CARTUCHO MIMAKI E EPSON – APROX 19 UNID NO ESTADO")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194223", "124")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194223", " ANALISADOR DE GASES GAS DATA LMSXI NO ESTADO – 01 UNID")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194220", "125")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194220", " FONTE ASTEC AA22780 RS5 NO ESTADO – 4 UNID")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194226", "126")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194226", " PLACAS FAX OPTION TYPE 5001 RICOH SEM USO – 02 UNID")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>1.125,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194222", "127")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194222", " SIEMENS MODELO 3RA1110-0JD15-1BB4 SEM USO – 05 UNID")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194224", "128")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194224", " EQUIPAMENTO NERA MODELO 77000348/FU18AAA-31UA NO ESTADO – 01 UNID")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194227", "129")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194227", " ANTENA SENAOSN-8908 NO ESTADO – 03 UNID")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194232", "130")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194232", " SEQUENCIADOR DE CAMERA – 2 UNID E 3 MODEM NO ESTADO – TOTAL 5 PEÇAS")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194231", "131")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194231", " PEÇAS DE TUBULAÇÃO JACOB NOVAS – 21 UNID APROX")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194228", "132")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194228", " PEÇAS PARA MAQUINAS IBM, XEROX, CANON – MUITAS PEÇAS")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194230", "133")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194230", " FILTROL MODELO BU 400 PRODUTO SEM USO – 01 UNID CONJUNTO")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194234", "134")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194234", " PEÇAS MARCA SHURFLO PRODUTO SEM USO – QUANT. CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194229", "135")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194229", " PEÇAS PARA EQUIP AGRICOLA SEM USO – 02 UNID")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194233", "136")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194233", " PEÇAS SHARP – UNID DE PROCESSO. NO ESTADO – 04 UNID")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194235", "137")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194235", " PEÇAS PARA MAQUINAS KONICA,MINOLTA,SHARP E OUTRAS SEM USO – QUANT. CONFORME LOTE EXPOSTO.")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194280", "138")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194280", " Fontes no estado – 10 unid")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194275", "139")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194275", " Roupas para alta temperatura – 3 unid no estado")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194284", "140")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194284", " Controlador – 4 unid no estado")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194303", "141")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194303", " Bloco hidraulico – Aprox. 100 unid")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194291", "142")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194291", " Peça mecanica – Aprox. 100 unid")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194323", "143")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194323", " Tronco bovino – 01 unid estado")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194332", "144")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194332", " Eixos – 3 unid novos")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194317", "145")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194317", " Molas de veiculos – 4 unid")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194282", "146")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194282", " Carenagem de moto diversas – 50 aprox")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194326", "147")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194326", " Kiwitalk – 38 unid")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194313", "148")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194313", " Peça plastica com abraçadeira – 1000 unid")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194299", "149")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194299", " Suporte de parabrisa para maquina agricola – 10 unid")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194320", "150")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194320", " Ford Gen 2 – no estado")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194329", "151")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194329", " Separador de fila – 3 unid novos")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194318", "152")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194318", " Linha – aproximadamente 50 rolos")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194296", "153")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194296", " Linha – aproximadamente 50 rolos")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194305", "154")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194305", " Linha – aproximadamente 50 rolos")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194324", "155")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194324", " Linha – aproximadamente 50 rolos")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194325", "156")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194325", " Placas sem componentes – 2 mil peças")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194304", "157")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194304", " PTB Rose Systemtechik GMBH – 10 unid")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194301", "158")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194301", " Filtroil – 01 unid novo")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194321", "160")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194321", " Peças para fixação – 300 peças aprox.")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194331", "161")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194331", " Prateleira de ferramentas e cinta para amarração – usado ( aprox. 50 peças)")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194277", "162")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194277", " Pneu agricola – 01 unid no estado")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194281", "163")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194281", " Óculos Bear Stuff - 370 unid novos")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194272", "164")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194272", " Peças no estado aparentemente agricola – 4 unid")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194311", "165")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194311", " Peças diversas. Conforme lote exposto – 22 unid")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194290", "166")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194290", " Adaptador de antena – 1100 unid")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194300", "167")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194300", " Eixo fuso de suporte inferior Tomahawk – 8 unid")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194279", "168")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194279", " Placas lisa – 650 unid aprox")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194276", "169")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194276", " Anel de metal – 500 unid aprox")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194287", "170")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194287", " Putaway Label – aprox 200 unid")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194330", "171")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194330", " Sun Ray 270 - 1 unid")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194288", "172")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194288", " Placas lisas– 475 unid aprox. Cabos para celular – Aprox. 37 unid. Placas ( aparentemente memoria) sem componente – 280 unid aprox.")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194315", "173")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194315", " Anel de metal – 500 unid aprox")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194271", "174")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194271", " Peça plastica 4560 unid")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194328", "175")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194328", " Amano TF5030 Ribbon similar – 25 unid")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194273", "176")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194273", "  Frymaster original. 8260993SP – aprox. 50 pares")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194293", "177")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194293", " Peças de moto diversas. Conforme lote exposto – aprox. 60 unid")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194306", "178")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194306", " Juntas Volvo – 30 peças")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194298", "179")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194298", " Cascos virabrequim PS26H-Z 0.5 – 6 pares")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194289", "180")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194289", " Adaptador de tomada tipo europeu – 200 unid aprox")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194278", "181")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194278", " Porca – 15 mil unid")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194322", "182")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194322", " Conexões – 400 unid")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194295", "183")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194295", " Cascos virabrequim PS26H-Z 0.5 – 9 pares")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194309", "184")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194309", " Componentes diversos")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194308", "185")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194308", " Porca – 15 mil unid")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194307", "186")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194307", " Peça plastica – 20 unid")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194286", "187")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194286", " Parafuso tobutsu – 2 mil unid")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194292", "188")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194292", " Hamsgrohe modelo P-LX797/1A – 15 unid")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194274", "189")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194274", " Chicotes diversos – 65 unid aprox")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194294", "190")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194294", " Kliklok – pecas modelos variados - 30 unid aprox")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194314", "191")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194314", " Lote de produtos diversos – aprox 10 unid")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194312", "192")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194312", " Aparelho da Waeco novos – 2 unid")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194327", "193")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194327", " Barramento Schuneider EZ400-630 – 4 unid")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194283", "194")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194283", " Barramento Schuneider EZB250W-08 – 3 unid")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194310", "195")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194310", " Barramento Schuneider EZ400-630 – 4 unid")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194297", "196")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194297", " Óculos Bear Stuff – 150 unid aprox")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>225,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194302", "197")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194302", " Óculos Bear Stuff – 150 unid aprox")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>225,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194319", "198")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194319", " Óculos Bear Stuff – 150 unid aprox")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>225,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194285", "199")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194285", " Porcas – Aprox. 40 mil unid")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194316", "200")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194316", " Peças para elevador")</f>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195097", "201")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195097", " Relógio Mont Blanc - 01 unidade")</f>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195162", "202")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195162", " Bulova - 01 unidade")</f>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195126", "203")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195126", " Bulova - 01 unidade")</f>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195135", "204")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195135", " Guess - 01 unidade")</f>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195181", "205")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195181", " Casio - 01 unidade")</f>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195104", "206")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195104", " Natan - 01 unidade")</f>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>890,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195132", "207")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195132", " Baumer - 01 unidade")</f>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195143", "208")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195143", " Jacobs - 01 unidade")</f>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195128", "209")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195128", " Bulova - 01 unidade")</f>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195172", "210")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195172", " Festina - 01 unidade")</f>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195160", "211")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195160", " Bulova - 01 unidade")</f>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t>780,00</t>
+        </is>
+      </c>
+      <c r="F217" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195125", "212")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195125", " Bulova - 01 unidade")</f>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195108", "213")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195108", " Boucheron - 01 unidade")</f>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F219" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195154", "214")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195154", " Tiffany - 01 unidade")</f>
+      </c>
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F220" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195120", "215")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195120", " Raymond - 01 unidade")</f>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195164", "216")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195164", " Maurice - 01 unidade")</f>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t>1.999,00</t>
+        </is>
+      </c>
+      <c r="F222" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195168", "217")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195168", " Longuinys - 01 unidade")</f>
+      </c>
+      <c r="C223" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D223" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F223" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195179", "218")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195179", " Hermes - 01 unidade")</f>
+      </c>
+      <c r="C224" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D224" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F224" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195118", "219")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195118", " Locman - 01 unidade")</f>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F225" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195158", "220")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195158", " Mido - 01 unidade")</f>
+      </c>
+      <c r="C226" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D226" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t>999,00</t>
+        </is>
+      </c>
+      <c r="F226" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195148", "221")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195148", " Baumer - 01 unidade")</f>
+      </c>
+      <c r="C227" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D227" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E227" s="5" t="inlineStr">
+        <is>
+          <t>999,00</t>
+        </is>
+      </c>
+      <c r="F227" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195176", "222")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195176", " Bulova - 01 unidade")</f>
+      </c>
+      <c r="C228" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D228" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E228" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F228" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195178", "223")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195178", " Oriente - 01 unidade")</f>
+      </c>
+      <c r="C229" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D229" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F229" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195121", "224")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195121", " Cartier - 01 unidade")</f>
+      </c>
+      <c r="C230" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D230" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F230" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195103", "225")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195103", " Tissot - 01 unidade")</f>
+      </c>
+      <c r="C231" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D231" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F231" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195123", "226")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195123", " Raymond - 01 unidade")</f>
+      </c>
+      <c r="C232" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D232" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F232" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195152", "227")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195152", " Gucci - 01 unidade")</f>
+      </c>
+      <c r="C233" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D233" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E233" s="5" t="inlineStr">
+        <is>
+          <t>930,00</t>
+        </is>
+      </c>
+      <c r="F233" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195163", "228")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195163", " Invicta - 01 unidade")</f>
+      </c>
+      <c r="C234" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D234" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F234" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195101", "229")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195101", " Bulgari - 01 unidade")</f>
+      </c>
+      <c r="C235" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D235" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F235" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195112", "230")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195112", " Rolex - 01 unidade")</f>
+      </c>
+      <c r="C236" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D236" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E236" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F236" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195140", "231")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195140", " Rolex - 01 unidade")</f>
+      </c>
+      <c r="C237" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D237" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F237" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195167", "232")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195167", " Gran Carrera - 01 unidade")</f>
+      </c>
+      <c r="C238" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D238" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E238" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F238" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195110", "233")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195110", " Cartier - 01 unidade")</f>
+      </c>
+      <c r="C239" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D239" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F239" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195139", "234")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195139", " Mon Blanck - 01 unidade")</f>
+      </c>
+      <c r="C240" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D240" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F240" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195174", "235")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195174", " Brat - 01 unidade")</f>
+      </c>
+      <c r="C241" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D241" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F241" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195144", "236")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195144", " Raymond - 01 unidade")</f>
+      </c>
+      <c r="C242" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D242" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E242" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F242" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195102", "237")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195102", " Rolex - 01 unidade")</f>
+      </c>
+      <c r="C243" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D243" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E243" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F243" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195116", "238")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195116", " Longuinys - 01 unidade")</f>
+      </c>
+      <c r="C244" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D244" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F244" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195124", "239")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195124", " Raymond - 01 unidade")</f>
+      </c>
+      <c r="C245" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D245" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F245" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195089", "240")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195089", " Tissot - 01 unidade")</f>
+      </c>
+      <c r="C246" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D246" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E246" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F246" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195107", "241")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195107", " Baumer - 01 unidade")</f>
+      </c>
+      <c r="C247" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D247" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E247" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F247" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195098", "242")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195098", " Citezen - 01 unidade")</f>
+      </c>
+      <c r="C248" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D248" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F248" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195114", "243")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195114", " Tissot - 01 unidade")</f>
+      </c>
+      <c r="C249" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D249" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E249" s="5" t="inlineStr">
+        <is>
+          <t>999,00</t>
+        </is>
+      </c>
+      <c r="F249" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
+      <c r="A250" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195119", "244")</f>
+      </c>
+      <c r="B250" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195119", " Fossil - 01 unidade")</f>
+      </c>
+      <c r="C250" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D250" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t>499,00</t>
+        </is>
+      </c>
+      <c r="F250" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
+      <c r="A251" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195096", "245")</f>
+      </c>
+      <c r="B251" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195096", " Longuinys - 01 unidade")</f>
+      </c>
+      <c r="C251" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D251" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E251" s="5" t="inlineStr">
+        <is>
+          <t>777,00</t>
+        </is>
+      </c>
+      <c r="F251" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
+      <c r="A252" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195111", "246")</f>
+      </c>
+      <c r="B252" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195111", " Baumer - 01 unidade")</f>
+      </c>
+      <c r="C252" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D252" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E252" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F252" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
+      <c r="A253" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195106", "247")</f>
+      </c>
+      <c r="B253" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195106", " Bulova - 01 unidade")</f>
+      </c>
+      <c r="C253" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D253" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E253" s="5" t="inlineStr">
+        <is>
+          <t>799,00</t>
+        </is>
+      </c>
+      <c r="F253" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
+      <c r="A254" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195129", "248")</f>
+      </c>
+      <c r="B254" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195129", " Rado - 01 unidade")</f>
+      </c>
+      <c r="C254" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D254" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E254" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F254" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
+      <c r="A255" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195094", "249")</f>
+      </c>
+      <c r="B255" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195094", " Seiko - 01 unidade")</f>
+      </c>
+      <c r="C255" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D255" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
+        <is>
+          <t>899,00</t>
+        </is>
+      </c>
+      <c r="F255" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
+      <c r="A256" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195105", "250")</f>
+      </c>
+      <c r="B256" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195105", " Natan - 01 unidade")</f>
+      </c>
+      <c r="C256" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D256" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E256" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F256" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
+      <c r="A257" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195095", "251")</f>
+      </c>
+      <c r="B257" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195095", " Hamiton - 01 unidade")</f>
+      </c>
+      <c r="C257" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D257" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F257" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
+      <c r="A258" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195092", "252")</f>
+      </c>
+      <c r="B258" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195092", " Natan - 01 unidade")</f>
+      </c>
+      <c r="C258" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D258" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E258" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F258" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
+      <c r="A259" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195109", "253")</f>
+      </c>
+      <c r="B259" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195109", " Cornavin - 01 unidade")</f>
+      </c>
+      <c r="C259" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D259" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E259" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F259" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
+      <c r="A260" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195090", "254")</f>
+      </c>
+      <c r="B260" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195090", " Classic - 01 unidade")</f>
+      </c>
+      <c r="C260" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D260" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E260" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F260" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
+      <c r="A261" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195099", "255")</f>
+      </c>
+      <c r="B261" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195099", " Raymond - 01 unidade")</f>
+      </c>
+      <c r="C261" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D261" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E261" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F261" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
+      <c r="A262" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195091", "256")</f>
+      </c>
+      <c r="B262" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195091", " Gucci - 01 unidade")</f>
+      </c>
+      <c r="C262" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D262" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E262" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F262" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
+      <c r="A263" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195117", "257")</f>
+      </c>
+      <c r="B263" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195117", " Lockman - 01 unidade")</f>
+      </c>
+      <c r="C263" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D263" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E263" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F263" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
+      <c r="A264" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195093", "258")</f>
+      </c>
+      <c r="B264" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195093", " Mayor - 01 unidade")</f>
+      </c>
+      <c r="C264" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D264" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E264" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F264" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
+      <c r="A265" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195186", "259")</f>
+      </c>
+      <c r="B265" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195186", " Seiko - 01 unidade")</f>
+      </c>
+      <c r="C265" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D265" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E265" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F265" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
+      <c r="A266" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195153", "260")</f>
+      </c>
+      <c r="B266" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195153", " Wenger - 01 unidade")</f>
+      </c>
+      <c r="C266" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D266" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E266" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F266" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
+      <c r="A267" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195088", "261")</f>
+      </c>
+      <c r="B267" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195088", " Cartier - 01 unidade")</f>
+      </c>
+      <c r="C267" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D267" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E267" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F267" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
+      <c r="A268" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195134", "262")</f>
+      </c>
+      <c r="B268" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195134", " Longuinys - 01 unidade")</f>
+      </c>
+      <c r="C268" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D268" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F268" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
+      <c r="A269" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195185", "263")</f>
+      </c>
+      <c r="B269" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195185", " Tisso - 01 unidade")</f>
+      </c>
+      <c r="C269" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D269" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E269" s="5" t="inlineStr">
+        <is>
+          <t>999,00</t>
+        </is>
+      </c>
+      <c r="F269" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
+      <c r="A270" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195122", "264")</f>
+      </c>
+      <c r="B270" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195122", " Fende - 01 unidade")</f>
+      </c>
+      <c r="C270" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D270" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E270" s="5" t="inlineStr">
+        <is>
+          <t>899,00</t>
+        </is>
+      </c>
+      <c r="F270" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
+      <c r="A271" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195133", "265")</f>
+      </c>
+      <c r="B271" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195133", " Rosenman - 01 unidade")</f>
+      </c>
+      <c r="C271" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D271" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E271" s="5" t="inlineStr">
+        <is>
+          <t>999,00</t>
+        </is>
+      </c>
+      <c r="F271" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
+      <c r="A272" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195170", "266")</f>
+      </c>
+      <c r="B272" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195170", " Lobor - 01 unidade")</f>
+      </c>
+      <c r="C272" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D272" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E272" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F272" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
+      <c r="A273" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195206", "267")</f>
+      </c>
+      <c r="B273" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195206", " Bulova - 01 unidade")</f>
+      </c>
+      <c r="C273" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D273" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E273" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F273" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
+      <c r="A274" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195147", "268")</f>
+      </c>
+      <c r="B274" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195147", " Rosse - 01 unidade")</f>
+      </c>
+      <c r="C274" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D274" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E274" s="5" t="inlineStr">
+        <is>
+          <t>999,00</t>
+        </is>
+      </c>
+      <c r="F274" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
+      <c r="A275" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195141", "269")</f>
+      </c>
+      <c r="B275" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195141", " Bulova - 01 unidade")</f>
+      </c>
+      <c r="C275" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D275" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E275" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F275" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
+      <c r="A276" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195157", "270")</f>
+      </c>
+      <c r="B276" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195157", " Omega - 01 unidade")</f>
+      </c>
+      <c r="C276" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D276" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E276" s="5" t="inlineStr">
+        <is>
+          <t>1.999,00</t>
+        </is>
+      </c>
+      <c r="F276" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
+      <c r="A277" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195177", "271")</f>
+      </c>
+      <c r="B277" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195177", " Westen - 01 unidade")</f>
+      </c>
+      <c r="C277" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D277" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E277" s="5" t="inlineStr">
+        <is>
+          <t>599,00</t>
+        </is>
+      </c>
+      <c r="F277" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
+      <c r="A278" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195205", "272")</f>
+      </c>
+      <c r="B278" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195205", " Baumer - 01 unidade")</f>
+      </c>
+      <c r="C278" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D278" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E278" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F278" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
+      <c r="A279" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195166", "273")</f>
+      </c>
+      <c r="B279" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195166", " Bulova - 01 unidade")</f>
+      </c>
+      <c r="C279" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D279" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E279" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F279" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
+      <c r="A280" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195161", "274")</f>
+      </c>
+      <c r="B280" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195161", " Novado - 01 unidade")</f>
+      </c>
+      <c r="C280" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D280" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t>999,00</t>
+        </is>
+      </c>
+      <c r="F280" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
+      <c r="A281" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195201", "275")</f>
+      </c>
+      <c r="B281" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195201", " Baumer - 01 unidade")</f>
+      </c>
+      <c r="C281" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D281" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E281" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F281" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
+      <c r="A282" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195202", "276")</f>
+      </c>
+      <c r="B282" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195202", " Hamilton - 01 unidade")</f>
+      </c>
+      <c r="C282" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D282" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E282" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F282" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
+      <c r="A283" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195136", "277")</f>
+      </c>
+      <c r="B283" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195136", " Smart - 01 unidade")</f>
+      </c>
+      <c r="C283" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D283" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E283" s="5" t="inlineStr">
+        <is>
+          <t>999,00</t>
+        </is>
+      </c>
+      <c r="F283" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
+      <c r="A284" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195188", "278")</f>
+      </c>
+      <c r="B284" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195188", " Technos - 01 unidade")</f>
+      </c>
+      <c r="C284" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D284" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E284" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F284" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
+      <c r="A285" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195195", "279")</f>
+      </c>
+      <c r="B285" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195195", " Versace - 01 unidade")</f>
+      </c>
+      <c r="C285" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D285" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E285" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F285" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
+      <c r="A286" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195169", "280")</f>
+      </c>
+      <c r="B286" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195169", " Patek - 01 unidade")</f>
+      </c>
+      <c r="C286" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D286" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E286" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F286" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
+      <c r="A287" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195173", "281")</f>
+      </c>
+      <c r="B287" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195173", " Natan - 01 unidade")</f>
+      </c>
+      <c r="C287" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D287" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E287" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F287" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
+      <c r="A288" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195150", "282")</f>
+      </c>
+      <c r="B288" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195150", " Armani - 01 unidade")</f>
+      </c>
+      <c r="C288" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D288" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E288" s="5" t="inlineStr">
+        <is>
+          <t>699,00</t>
+        </is>
+      </c>
+      <c r="F288" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
+      <c r="A289" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195204", "283")</f>
+      </c>
+      <c r="B289" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195204", " Maurice - 01 unidade")</f>
+      </c>
+      <c r="C289" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D289" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E289" s="5" t="inlineStr">
+        <is>
+          <t>499,00</t>
+        </is>
+      </c>
+      <c r="F289" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
+      <c r="A290" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195190", "284")</f>
+      </c>
+      <c r="B290" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195190", " Hublot - 01 unidade")</f>
+      </c>
+      <c r="C290" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D290" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E290" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F290" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
+      <c r="A291" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195138", "285")</f>
+      </c>
+      <c r="B291" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195138", " Cristian - 01 unidade")</f>
+      </c>
+      <c r="C291" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D291" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E291" s="5" t="inlineStr">
+        <is>
+          <t>999,00</t>
+        </is>
+      </c>
+      <c r="F291" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
+      <c r="A292" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195182", "286")</f>
+      </c>
+      <c r="B292" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195182", " Guess - 01 unidade")</f>
+      </c>
+      <c r="C292" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D292" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E292" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F292" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
+      <c r="A293" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195189", "287")</f>
+      </c>
+      <c r="B293" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195189", " Citezen - 01 unidade")</f>
+      </c>
+      <c r="C293" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D293" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E293" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F293" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
+      <c r="A294" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195113", "288")</f>
+      </c>
+      <c r="B294" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195113", " Diesil - 01 unidade")</f>
+      </c>
+      <c r="C294" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D294" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E294" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F294" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
+      <c r="A295" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195196", "289")</f>
+      </c>
+      <c r="B295" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195196", " Longuinys - 01 unidade")</f>
+      </c>
+      <c r="C295" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D295" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E295" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F295" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
+      <c r="A296" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195183", "290")</f>
+      </c>
+      <c r="B296" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195183", " United - 01 unidade")</f>
+      </c>
+      <c r="C296" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D296" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E296" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F296" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
+      <c r="A297" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195175", "291")</f>
+      </c>
+      <c r="B297" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195175", " Natan - 01 unidade")</f>
+      </c>
+      <c r="C297" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D297" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E297" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F297" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
+      <c r="A298" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195171", "292")</f>
+      </c>
+      <c r="B298" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195171", " Aldo - 01 unidade")</f>
+      </c>
+      <c r="C298" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D298" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E298" s="5" t="inlineStr">
+        <is>
+          <t>999,00</t>
+        </is>
+      </c>
+      <c r="F298" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
+      <c r="A299" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195194", "293")</f>
+      </c>
+      <c r="B299" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195194", " Alba - 01 unidade")</f>
+      </c>
+      <c r="C299" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D299" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E299" s="5" t="inlineStr">
+        <is>
+          <t>399,00</t>
+        </is>
+      </c>
+      <c r="F299" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
+      <c r="A300" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195180", "294")</f>
+      </c>
+      <c r="B300" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195180", " Eterna - 01 unidade")</f>
+      </c>
+      <c r="C300" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D300" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E300" s="5" t="inlineStr">
+        <is>
+          <t>999,00</t>
+        </is>
+      </c>
+      <c r="F300" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
+      <c r="A301" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195145", "295")</f>
+      </c>
+      <c r="B301" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195145", " Fossil - 01 unidade")</f>
+      </c>
+      <c r="C301" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D301" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E301" s="5" t="inlineStr">
+        <is>
+          <t>799,00</t>
+        </is>
+      </c>
+      <c r="F301" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
+      <c r="A302" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195187", "296")</f>
+      </c>
+      <c r="B302" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195187", " Bulova - 01 unidade")</f>
+      </c>
+      <c r="C302" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D302" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E302" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F302" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
+      <c r="A303" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195191", "297")</f>
+      </c>
+      <c r="B303" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195191", " Baumer - 01 unidade")</f>
+      </c>
+      <c r="C303" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D303" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E303" s="5" t="inlineStr">
+        <is>
+          <t>777,00</t>
+        </is>
+      </c>
+      <c r="F303" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
+      <c r="A304" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195197", "298")</f>
+      </c>
+      <c r="B304" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195197", " Natan - 01 unidade")</f>
+      </c>
+      <c r="C304" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D304" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E304" s="5" t="inlineStr">
+        <is>
+          <t>799,00</t>
+        </is>
+      </c>
+      <c r="F304" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
+      <c r="A305" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195146", "299")</f>
+      </c>
+      <c r="B305" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195146", " Viceroy - 01 unidade")</f>
+      </c>
+      <c r="C305" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D305" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E305" s="5" t="inlineStr">
+        <is>
+          <t>499,00</t>
+        </is>
+      </c>
+      <c r="F305" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
+      <c r="A306" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195137", "300")</f>
+      </c>
+      <c r="B306" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195137", " Porchet - 01 unidade")</f>
+      </c>
+      <c r="C306" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D306" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E306" s="5" t="inlineStr">
+        <is>
+          <t>799,00</t>
+        </is>
+      </c>
+      <c r="F306" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
+      <c r="A307" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195127", "301")</f>
+      </c>
+      <c r="B307" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195127", " Tag Heuer - 01 unidade")</f>
+      </c>
+      <c r="C307" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D307" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E307" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F307" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
+      <c r="A308" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195198", "302")</f>
+      </c>
+      <c r="B308" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195198", " Bulgari - 01 unidade")</f>
+      </c>
+      <c r="C308" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D308" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E308" s="5" t="inlineStr">
+        <is>
+          <t>799,00</t>
+        </is>
+      </c>
+      <c r="F308" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
+      <c r="A309" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195184", "303")</f>
+      </c>
+      <c r="B309" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195184", " Technos - 01 unidade")</f>
+      </c>
+      <c r="C309" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D309" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E309" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F309" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
+      <c r="A310" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195203", "304")</f>
+      </c>
+      <c r="B310" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195203", " Natan - 01 unidade")</f>
+      </c>
+      <c r="C310" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D310" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E310" s="5" t="inlineStr">
+        <is>
+          <t>1.499,00</t>
+        </is>
+      </c>
+      <c r="F310" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
+      <c r="A311" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195151", "305")</f>
+      </c>
+      <c r="B311" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195151", " Natan - 01 unidade")</f>
+      </c>
+      <c r="C311" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D311" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E311" s="5" t="inlineStr">
+        <is>
+          <t>1.299,00</t>
+        </is>
+      </c>
+      <c r="F311" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
+      <c r="A312" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195200", "306")</f>
+      </c>
+      <c r="B312" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195200", " Saint Honore - 01 unidade")</f>
+      </c>
+      <c r="C312" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D312" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E312" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...986 lines deleted...]
-      <c r="E53" s="5" t="inlineStr">
+      <c r="F312" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
+      <c r="A313" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195207", "307")</f>
+      </c>
+      <c r="B313" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195207", " Natan - 01 unidade")</f>
+      </c>
+      <c r="C313" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D313" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E313" s="5" t="inlineStr">
+        <is>
+          <t>1.280,00</t>
+        </is>
+      </c>
+      <c r="F313" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
+      <c r="A314" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195149", "308")</f>
+      </c>
+      <c r="B314" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195149", " Longuinys - 01 unidade")</f>
+      </c>
+      <c r="C314" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D314" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E314" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F314" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
+      <c r="A315" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195142", "309")</f>
+      </c>
+      <c r="B315" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195142", " Rolex - 01 unidade")</f>
+      </c>
+      <c r="C315" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D315" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E315" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F315" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
+      <c r="A316" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195155", "310")</f>
+      </c>
+      <c r="B316" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195155", " Mondani - 01 unidade")</f>
+      </c>
+      <c r="C316" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D316" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E316" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F316" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
+      <c r="A317" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195165", "311")</f>
+      </c>
+      <c r="B317" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195165", " Technos - 01 unidade")</f>
+      </c>
+      <c r="C317" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D317" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E317" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F317" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
+      <c r="A318" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195199", "312")</f>
+      </c>
+      <c r="B318" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195199", " Calvin Klein - 01 unidade")</f>
+      </c>
+      <c r="C318" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D318" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E318" s="5" t="inlineStr">
+        <is>
+          <t>680,00</t>
+        </is>
+      </c>
+      <c r="F318" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
+      <c r="A319" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195192", "313")</f>
+      </c>
+      <c r="B319" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195192", " Haminton - 01 unidade")</f>
+      </c>
+      <c r="C319" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D319" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E319" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F319" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
+      <c r="A320" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195159", "314")</f>
+      </c>
+      <c r="B320" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195159", " H Stem - 01 unidade")</f>
+      </c>
+      <c r="C320" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D320" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E320" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F320" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
+      <c r="A321" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195130", "315")</f>
+      </c>
+      <c r="B321" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195130", " Cartier - 01 unidade")</f>
+      </c>
+      <c r="C321" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D321" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E321" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F321" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
+      <c r="A322" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195156", "316")</f>
+      </c>
+      <c r="B322" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195156", " Chillibeans - 01 unidade")</f>
+      </c>
+      <c r="C322" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D322" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E322" s="5" t="inlineStr">
+        <is>
+          <t>999,00</t>
+        </is>
+      </c>
+      <c r="F322" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
+      <c r="A323" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195193", "317")</f>
+      </c>
+      <c r="B323" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195193", " Swatch Swiss - 01 unidade")</f>
+      </c>
+      <c r="C323" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D323" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E323" s="5" t="inlineStr">
+        <is>
+          <t>999,00</t>
+        </is>
+      </c>
+      <c r="F323" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
+      <c r="A324" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195131", "318")</f>
+      </c>
+      <c r="B324" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195131", " Tisso - 01 unidade")</f>
+      </c>
+      <c r="C324" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D324" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E324" s="5" t="inlineStr">
+        <is>
+          <t>599,00</t>
+        </is>
+      </c>
+      <c r="F324" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
+      <c r="A325" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195100", "319")</f>
+      </c>
+      <c r="B325" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195100", " Regulator - 01 unidade")</f>
+      </c>
+      <c r="C325" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D325" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E325" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F53" s="4" t="inlineStr">
-[...8702 lines deleted...]
-      </c>
       <c r="F325" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
-      <c r="A326" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A326" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195115", "320")</f>
+      </c>
+      <c r="B326" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195115", " Victor Hugo - 01 unidade")</f>
       </c>
       <c r="C326" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D326" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E326" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F326" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>