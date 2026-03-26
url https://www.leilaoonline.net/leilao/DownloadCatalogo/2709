--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193647", "025")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193647", "CHEVROLET/S10 LS DD4; 2018/2019; COR FANTASIA; DIESEL; CABINE DUPLA - FUNCIONANDO - FROTA 15")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>66.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193648", "026")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193648", "CHEVROLET/S10 LS DD4; 2019/2020; COR FANTASIA; DIESEL; CABINE DUPLA - FUNCIONANDO - FROTA 77")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>98</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193652", "030")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193652", "CHEVROLET S10 LS DD4; 2021/2022; 4X4; DIESEL - FUNCIONANDO - FROTA 40")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>127.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193653", "032")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193653", "NISSAN FRONTIER S MTX4; 2021/2021; CABINE DUPLA; 4X4; DIESEL - FUNCIONANDO - FROTA J54")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>98.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193654", "033")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193654", "CHEVROLET S10 LS DD4; 2021/2022; 4X4; DIESEL - FUNCIONANDO - FROTA D93")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>114.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193655", "035")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193655", "CHEVROLET S10 LS DD4; 2021/2022; 4X4; DIESEL - FUNCIONANDO - FROTA G33")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>69.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194335", "036")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194335", "VW AMAROK 3.0 V6 TDI HIGHLINE CD; 2018/2018; DIESEL 4MOTION AUTOMÁTICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>93.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194336", "037")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194336", "CHEVROLET SPIN LS 1.8 8V ECONO. FLEX 5P MEC. - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193649", "041")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193649", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; ALCO./GASOL. - FUNCIONANDO - PLACA FINAL 749")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>40.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193650", "042")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193650", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; ALCO./GASOL. - FUNCIONANDO - PLACA FINAL 814")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193651", "044")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193651", "CAMIONETE KIA UK 2500 HD - SC; 2011/2012; CAB. SUPLEMENTAR E CARROCERIA - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193656", "051")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193656", "RENAULT MASTER FUR L1H1; 2018/2019; CARGA CAMIONETE; CATEGORIA FURGÃO - FUNCIONANDO - FROTA 498")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193657", "053")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193657", "RENAULT MASTER FUR L1H1; 2021/2022; CARGA CAMIONETE; CATEGORIA FURGÃO - FUNCIONANDO - FROTA G65")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193658", "054")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193658", "RENAULT MASTER FUR L1H1; 2021/2022; CARGA CAMIONETE; CATEGORIA FURGÃO - FUNCIONANDO - FROTA G56")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193659", "055")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193659", "RENAULT MASTER FUR L1H1; 2018/2019; CARGA CAMIONETE; CATEGORIA FURGÃO - FUNCIONANDO - FROTA 619")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193660", "057")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193660", "VW AMAROK CD 4X4 HIG; 2012/2013; CABINE DUPLA - FUNCIONANDO - PLACA FINAL 38")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193665", "060")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193665", "CHEVROLET/CRUZE LT NB; 2012/2012; ALCO./GASOL./GNV - FUNCIONANDO - PLACA FINAL A20")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193661", "080")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193661", "CAMINHÃO IVECO/TRAKKER 720T 42TN; 2009/2010; ANO TIPO TRAÇÃO CAMINHÃO TRATOR")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>68.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193662", "085")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193662", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 58")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>41.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193663", "086")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193663", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 16")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...179 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>73.750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...350 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193664", "087")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193664", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 94")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>78</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>73.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193666", "090")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193666", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FUNCIONANDO - FROTA 539")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>