--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12497", "250")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12497", "TOYOTA, COROLLA SEG 18VVT; 2002/2003; PRETA; GASOLINA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>17.200,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13021", "251")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13021", "FIAT; STILO M SCHUMACHER; 2004/2005; VERMELHA; GASOLINA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>13.300,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12490", "252")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12490", "I; VOLVO V60 3.0 T6 R-DES; 2014/2015; PRETA; GASOLINA - (304CV) - APROX. 29.000KM")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>85.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12933", "253")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12933", "I; KIA PICANTO EX41.0MTFF; 2012/2012; CINZA; ALCO./GASOL.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>17.350,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12934", "254")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12934", "HONDA, FIT LX, 2006/2007, GASOLINA, DOURADA, ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>15.300,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12932", "255")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12932", "HONDA, WR-V EX CVT 2017/2018; PRATA; ALCO;/GASOL.; APROX 3.000KM")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>59.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13022", "256")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13022", "VW; GOL 1.0; 2007/2008; PRETA; ALCO/GASOL.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12493", "257")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12493", "VW; SANTANA; 1996/1997; VERMELHA; GASOLINA; ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>7.550,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12495", "258")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12495", "TOYOTA, COROLLA SEG FLEX, 2008/2009, ALCO./GASOL. PRETA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12496", "259")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12496", "RANAULT/ CLIO AUT 1.0 16V, ANO/MOD 04/05, COMB. GASOLINA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>6.350,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12506", "260")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12506", "I; PORSCHE PANAMERA TURBO; 2011/2011; PRETA; GASOLINA; APROX. 27.000KM")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>161.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13024", "261")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13024", "HONDA, CITY LX FLEX; 2011/2012; CINZA; ALCO./GASOL. ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>31.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13040", "262")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13040", "HONDA FIT LX AUTOMÁTICO, ANO 2005/2005, COMB. GAS. COR VERDE")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13039", "263")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13039", "I/VW AMAROK CD 4X4 HIGH CAB, DUPLA DIESEL, ANO/MOD 2010/2011 BLINDADA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13023", "264")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13023", "HONDA, CITY EX FLEX; 2011/2012; PRETA; ALCO./GASOL. ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>30.250,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12491", "265")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12491", "HYUNDAI / TUCSON GLS, ANO 2012/2013 , AUTOMATICA,PLACA FINAL 09, COMB GASOLINA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12494", "266")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12494", "I, LAND ROVER, FREELANDER 2 SE; 2009/2010, PRETA, GASOLINA, ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12504", "267")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12504", "I/FORD; TRST MODIFICAR TP; 2010/2011; BRANCA; DIESEL")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>18.100,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12505", "268")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12505", "TROLLER /T4TDI 3.2, ANO/MOD 2012/2013, DIEESEL AMARELA; APROX. 34.000KM")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>53.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12777", "269")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12777", "GM/ CORSA HATCH PREMIUM 1.4, ANO/MOD 2008/2009, COR PRATA, FLEX")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>12.350,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13041", "270")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13041", "FIAT / PALIO WEEKEND; 2002/2002; AZUL; GASOLINA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>6.950,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12502", "300")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12502", "M.BENZ/LO 608 D; 1976/1977; AZUL; DIESEL")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>10.200,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12503", "302")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12503", "M.BENZ/ L608 D; 1973/1973; AMARELA; DIESEL")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>15.100,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12499", "303")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12499", "FORD / CARGO 815 E; 2007/2008; BRANCA; DIESEL")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>30.250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12500", "304")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12500", "VOLVO/ NL 12 360 4X2; 1993/1993; BRANCA; DIESEL")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12501", "305")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12501", "FORD CARGO 815 E; 2007/2008; BRANCA; DIESEL")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12498", "308")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/12498", "MERCEDES BENZ/ 1723, 1998/1999, PRATA, DIESEL,")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>