--- v0 (2025-10-11)
+++ v1 (2026-03-27)
@@ -269,2619 +269,2295 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193992", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193992", "CÂMARA FRIA; MEDIDAS: 6M DE ALTURA, 15M DE COMPRIMENTO E 13M DE LARGURA")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194011", "011")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194011", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 58.277,00")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194009", "012")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194009", "veja o vídeo!! FIAT/STRADA WORKING; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194010", "014")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194010", "veja o vídeo!! FIAT/STRADA WORKING CE; 2016/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>39.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194821", "015")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194821", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2017/2018; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194822", "016")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194822", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>41.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194823", "017")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194823", "veja o vídeo!! FIAT/STRADA WORKING CE; 2015/2016; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194847", "018")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194847", "veja o vídeo!! FIAT/STRADA TREK CE 1.6; 2012/2013; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194002", "020")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194002", "CAMINHONETE GM/S10 2.8 D; 2002/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194005", "022")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194005", "veja o vídeo!! I/NISSAN FRONTIER LE X4; 2021/2022; AZUL; DIESEL - FUNCIONANDO - APROX. 19.100KM - FIPE: R$ 236.207,00")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100.300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194015", "026")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194015", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2021/2022; BRANCA; DIESEL - FUNC. - IPVA 2023 OK - APROX. 13.800KM - FIPE R$ 263.987,00")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>176.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193995", "027")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193995", "veja o vídeo!! CHEVROLET/S10 LT DD4A; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>143.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193996", "030")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193996", "veja o vídeo!! IMP/GM SILVERADO; 1997/1997; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>49.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193991", "035")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193991", "FORD/JEEP WILLYS CJ5 - 6CC; 1965/1965; BEGE; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193988", "040")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193988", "CAMINHÃO VW/16.220; 1993/1993; BRANCA; DIESEL; MOTOR CUMMINS; CÂMBIO 6 MARCHAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193997", "043")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193997", "CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>207</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>135.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193987", "045")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193987", "CAMINHÃO M. BENZ/L 1618; 1995/1995; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>98.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193998", "046")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193998", "CAMINHÃO M. BENZ/L1622; 2002/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>87.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193989", "048")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193989", "CAMINHÃO M. BENZ/L 1113; 1976/1976; AMARELA; DIESEL; TURBINADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193999", "060")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193999", "CAMINHONETE I/FORD RANGER XLT 13P; 4X4; 2010/2011; PRETA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193990", "061")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193990", "CAMIONETA FORD/SR DESERTER; 1993/1993; BRANCA; DIESEL; TURBINADA; HIDRÁULICA (DESLIGA NA CHAVE) - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>22.250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193993", "062")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193993", "CAMINHONETE FORD/F1000; 1986/1986; CINZA; DIESEL; CABINE DUPLA; MOTOR MWM - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193994", "063")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/193994", "CAMINHONETE FORD/F250 XLT L; 2003/2003; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>88.750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194003", "066")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194003", "CAMINHONETE NISSAN/FRONTIER 4X4 XE; 2005/2006; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194004", "068")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194004", "CAMINHÃO FORD/F4000; 1989/1989; BEGE; DIESEL; COM GAIOLA BOIADEIRA; DIREÇÃO HIDRÁULICA")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195208", "069")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195208", "CAMIONETE CHEVROLET S10 LS DS4 4X4; 2017/2018 - FUNCIONANDO - FROTA 52")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195209", "070")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195209", "I/FORD RANGER XL 13P 4X4; CABINE DUPLA; 2011/2011; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194006", "073")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194006", "CAMINHÃO FORD/CARGO 1618; 1988/1988; BRANCA; DIESEL; MUNK 20.500 MARCA ARGOS - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>158.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194007", "075")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194007", "CAMINHÃO M. BENZ/1618M; 2000/2000; BRANCA; MUNK 12/500; MARCA MICHELETO - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>131.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194013", "080")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194013", "FIAT/DUCATO MAXICARGO; 2006/2007; AMARELA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194012", "081")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194012", "FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194008", "090")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194008", "CARROCERIA BAGGIO; ANO 2016; NÚMERO RSOBX 1074 6G01177; C/ EQUIPAMENTO MARCA PHD MODELO CA 105 SÉRIE 000053")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194014", "091")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194014", "CARROCERIA BAGGIO; ANO 2016; NÚMERO RSOBX 1074 6G01177; C/ EQUIPAMENTO MARCA PHD MODELO CA 105 SÉRIE 000052")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194026", "092")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194026", "CARROCERIA BAGGIO; ANO 2016; NÚMERO RSOBX 1074 6G01177; C/ EQUIPAMENTO MARCA PHD MODELO CA 105 SÉRIE 000056")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194027", "093")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194027", "CARROCERIA BAGGIO; ANO 2016; NÚMERO RSOBX 1074 6G01177; C/ EQUIPAMENTO MARCA PHD MODELO CA 105 SÉRIE 000051")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194028", "096")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194028", "LOTE COM 3 ENGATES")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194029", "097")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194029", "SANTO ANTONIO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194017", "101")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194017", "EMPILHADEIRA CLARK; ANO INDEFINIDO; MOTOR À DIESEL; CAPACIDADE 7 TONELADAS; TORRE DE 4 METROS")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>46.250,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194021", "103")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194021", "PÁ CARREGADEIRA MICHIGAN 75 III; ANO 1980; SEM PLAQUETA DE IDENTIFICAÇÃO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>164</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>82.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194022", "104")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194022", "veja o vídeo!! PÁ CARREGADEIRA CASE W7 E; SEM IDENTIFICAÇÃO DE ANO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194018", "105")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194018", "veja o vídeo!! PÁ CARREGADEIRA; CATERPILLAR 930; ANO 1985; FREIO A DISCO - FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>63.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194023", "106")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194023", "PÁ CARREGADEIRA W7; ANO 1970 (APROXIMADAMENTE); SEM PLAQUETA DE IDENTIFICAÇÃO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194016", "110")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194016", "veja o vídeo!! TRATOR NEW HOLLAND TS 110CV 4X4; ANO 2012")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>153.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>3500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194019", "111")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194019", "TRATOR MASSEY FERGUSON 65X; ANO 1972; EIXO QUADRADO; 3 MARCHAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194020", "112")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194020", "veja o vídeo!! TRATOR VALMET 60 ID; ANO 1973; SEM PLAQUETA DE IDENTIFICAÇÃO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194024", "113")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194024", "TRATOR FORD 8 BR; SEM BATERIA; SEM ANO DE IDENTIFICAÇÃO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194025", "114")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194025", "TRATOR FORD 8 BR; SEM BATERIA; ANO INDEFINIDO; SEM PLAQUETA DE IDENTIFICAÇÃO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194039", "116")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194039", "TRATOR VALMET 65 ID.; MOD. IV")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194033", "120")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194033", "TRATOR MASSEY FERGUSON 290; ANO 1980 - COM PÁ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194030", "125")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194030", "veja o vídeo!! TRATOR MASSEY FERGUSON 65 X; ANO 71; CANELA REDONDA; 3 MARCHAS")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194031", "155")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194031", "LANCHA (INFORMAÇÕES NAS ESPECIFICAÇÕES)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>152.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194041", "156")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194041", "GRADE ARADORA 18X28X270; MARCA CIVEMASA")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>17.250,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194040", "157")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194040", "PLAINA NIVELADORA DE ARRASTO DE 2.45M")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194035", "159")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194035", "JF 90; 6 FACAS F - FUNCIONANDO")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194034", "160")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194034", "ENSILADEIRA JF C120 DE 12 FACAS; ANO 2010")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194032", "161")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194032", "JOGO DE BANCO DE MICRO-ÔNIBUS;  23 ASSENTOS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194043", "162")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194043", "LOTE COM MONITOR LG FLATON M237WA - PM; TV PHILCO 43 PVTE10N5SF LED; TV LG 32 32LD350; TV SONY 55 KDL - 55HX755; TV AOC 43 43S5195/78G")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194036", "163")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194036", "LOTE COM 4 IMPLEMENTOS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194037", "164")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194037", "MOTOR 366 TURBINADO; COM PLAQUETA E CAPA SECA")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194042", "166")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194042", "LOTE COM 4 EXAUSTORES CENTRIFUGO")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194044", "168")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194044", "ROÇADEIRA; MARCA SANTA ISABEL; 1,70M DE CORTE; GIRO LIVRE; REGULAGEM DE ALTURA")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194045", "169")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194045", "ADUBADEIRA")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194046", "170")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194046", "GRADE ARADORA DE BOI; 12 DISCOS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194053", "171")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194053", "GRADE ARADORA DE ARRASTO BALDAN; 20 DISCOS; MANCAIS; ROLAMENTO")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194052", "183")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194052", "BOMBA DE IRRIGAÇÃO DE 15CV")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194047", "185")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194047", "ADUBADEIRA TATU; 4 LINHAS")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194048", "187")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194048", "CALCAREADEIRA DE 2 RODAS")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194049", "189")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194049", "ENSILADEIRA MENTA; ANO 2013 - FUNCIONANDO")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194050", "190")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194050", "ROÇADEIRA AGR.; ANO 2001")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...649 lines deleted...]
-      <c r="D36" s="4" t="inlineStr">
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194051", "191")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194051", "SUBSOLADOR 9 HASTES DE CONTROLE REMOTO")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194054", "192")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194054", "JOGO DE RODAS COM PNEUS FORD; 6 FUROS; 265X65XR17")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194055", "193")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194055", "TANQUE 2000L; MARCA FMC")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194056", "194")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194056", "BATEDEIRA DE CEREAIS; MARCA MIAC CM3RA")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194057", "197")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194057", "BAÚ PARA CARGA VIVA - COMPRIMENTO 6.45, ALTURA 2.40, LARGURA 2.50")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194058", "200")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194058", "CARROCERIA")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>2.950,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194061", "201")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194061", "SAID; 4M DE COMP.; 2,20 DE LARG.; 2,30 DE ALT.")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194064", "204")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194064", "SAIDER (MEDIDAS: 6,60M DE COMPRIMENTO, 2,60 DE LARGURA; 2,90 DE ALTURA); ASSOALHO CHAPA DE FERRO")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E36" s="5" t="inlineStr">
-[...314 lines deleted...]
-      <c r="D46" s="4" t="inlineStr">
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194059", "205")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194059", "CARRETA PARA TRATOR")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E46" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F46" s="4" t="inlineStr">
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194060", "206")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194060", "CARRETA PARA PLANTIO DE CANA")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-[...340 lines deleted...]
-      <c r="E57" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194062", "208")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194062", "CONTAINER MARÍTIMO DE 6 METROS")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
-      <c r="F57" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="F59" s="4" t="inlineStr">
+      <c r="F90" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-[...990 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194063", "211")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194063", "BAÚ (MEDIDAS NAS ESPECIFICAÇÕES)")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>2.050,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>