--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194243", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194243", " Trator Valtra A950 ano 2016, 4x4, cabine, ar condicionado")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194257", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194257", " Trator New Holland TS6020 ano 2008,4x4, capota, funcionando")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194259", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194259", " Trator Ford a gasolina")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194244", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194244", " Trator Zetor")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194265", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194265", " Rolo compactador")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194246", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194246", " Caçamba coletora de lixo Vemaq")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194251", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194251", " Subsolador Stara 7 hastes")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194263", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194263", " Distribuidor de calcário 5500 kg")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194242", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194242", " Conjunto de lâmina Advance 1550E")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194240", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194240", " Tanque distribuidor de esterco líquido IAC 6.000 litros com bomba")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194248", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194248", " Pulverizador Jacto de turbina")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194239", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194239", " Distribuidor de calcário Lancer Jan 6000 kg")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194258", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194258", " Pulverizador Berthoud")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194250", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194250", " Pulverizador Montana")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194256", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194256", " Tanque para diesel 6.000 litros")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194266", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194266", " Tanque de fibra com chassis duas rodas 2.000 litros")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194237", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194237", " Tanque de fibra com chassis duas rodas 2.000 litros")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194249", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194249", " Furgão Altura 2,10 Largura 1,80 Comprimento 3,04")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194261", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194261", " Arado 4 discos Tatu")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194255", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194255", " Arado 3 discos Tatu")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194247", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194247", " Arado 3 discos Massey Ferguson")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194245", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194245", "[ VÍDEO ] Trator MF275 4x4 ano 1996, capota, funcionando.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194254", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194254", " Trator MF292 4x4 ano 2008, capota, funcionando")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>103.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194260", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194260", " Trator New Holland 7630 4x4, ano 2009, capota, funcionando")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194262", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194262", " Scraper Madal 3,5 m³")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194238", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194238", " Adubadeira de milho")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194252", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194252", "Trator Carregadeira "Pula Pula" MF86 ano 1984 funcionando")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194264", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194264", " Roçadeira Massey Ferguson")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194253", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194253", " Distribuídor de Fertilizantes Stara Tornado 1300")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...292 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...574 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194241", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194241", " Plantadeira Planti Center PC-7/4 New Line")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>