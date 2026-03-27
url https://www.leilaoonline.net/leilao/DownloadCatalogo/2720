--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195665", "012")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195665", "veja o vídeo!! FIAT/STRADA WORKING; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195666", "014")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195666", "veja o vídeo!! FIAT/STRADA WORKING CE; 2016/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195667", "015")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195667", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2017/2018; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195668", "017")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195668", "veja o vídeo!! FIAT/STRADA WORKING CE; 2015/2016; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195669", "018")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195669", "veja o vídeo!! FIAT/STRADA TREK CE 1.6; 2012/2013; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196440", "019")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196440", "FIAT/STRADA TREK CD 1.6; 2015/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>44.550,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195671", "022")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195671", "veja o vídeo!! I/NISSAN FRONTIER LE X4; 2021/2022; AZUL; DIESEL - FUNCIONANDO - APROX. 19.100KM - FIPE: R$ 236.207,00")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>137.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195672", "026")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195672", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2021/2022; BRANCA; DIESEL - FUNC. - IPVA 2023 OK - APROX. 13.800KM - FIPE R$ 263.987,00")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>129.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196388", "027")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196388", "veja o vídeo!! CHEVROLET/S10 LT DD4A; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196389", "030")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196389", "veja o vídeo!! VW/KOMBI FURGÃO; 2008/2009; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196490", "031")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196490", "RENAULT MASTER FURGÃO; 2018/2019 - FUNCIONANDO - FROTA 17")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196491", "032")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196491", "RENAULT MASTER FURGÃO; 2017/2018 - FUNCIONANDO - FROTA 87")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>89.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194478", "100")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194478", "EMPILHADEIRA CLARK 7 TON")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194477", "101")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194477", "EMPILHADEIRA CLARK 2,5 TON (NÃO ACOMPANHA CILINDRO DE GÁS)")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>24.750,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194473", "106")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194473", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 40")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>220.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194474", "107")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194474", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 65")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>222.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196121", "108")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196121", "RETROESCAVADEIRA  MASSEY FERGUSON; MODELO 86 HD; ANO 1987")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>49.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194475", "145")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194475", "CAÇAMBA COMPACTADORA DE LIXO PARA CAMINHÃO TOCO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194476", "150")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194476", "CAÇAMBA COMPACTADORA DE LIXO PARA CAMINHÃO TOCO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194479", "155")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194479", "COMPACTADOR DE LIXO; MARCA PLANALTO; 19 METROS CUBICOS; PARA CAMINHÃO TRUCADO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>