--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194521", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194521", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2019/2020; BRANCA; ALCO./GASOL. - IPVA 2023 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>25.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194522", "015")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194522", "veja o vídeo!! VW/GOL 1.0L MC4; 2021/2022; BRANCA; ALCO./GASOL. - IPVA 2023 OK")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194523", "020")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194523", "VW/VOYAGE MPI; 2022/2023; BRANCA; ALCO./GASOL. - IPVA 2023 OK")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194524", "025")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/194524", "FIAT/STRADA ADVENT FLEX; 2009/2009; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>