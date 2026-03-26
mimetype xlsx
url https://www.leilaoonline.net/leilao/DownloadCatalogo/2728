--- v0 (2026-02-09)
+++ v1 (2026-03-26)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195255", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195255", " Moinho de Bolas. Marca / Modelo: DAIRIX MOINHO TRITUR ESFERAS SOLIDOS 150W 220V, Capacidade:  0,5 TONELADAS/HORA, Aplicação: utilizado para moer cerâmica de catalisares automotivos e deixar em pó. N.ativo : 000010004245 NO ESTADO. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195258", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195258", " PRENSA PNEUMATICA ESPECTROMETRIA, Marca / Modelo: TECLAGO-PPCA 30, Capacidade: pressão máxima 25 toneladas, Aplicação: Utilizado transformar materiais em pó em capsulas, N. ativo: 000010004270 NO ESTADO. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195257", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195257", " TRITURADOR DE RESÍDUOS SÓLIDOS, Marca / Modelo: FRAGMAQ - MODELO FT75 380V - TRIFASICO N DE SERIE 3957, Capacidade: 250 kg/h, Aplicação: trituração de catalisadores de veículos, em estado de novo., N. ativo: 000010004240 NO ESTADO. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195328", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195328", "07 Módulos de sistemas de armazenagem tipo Porta Palet. Capacidade de armazenagem: 36 paletes de 1.200 x 1.000 x 1.600mm de altura com 1.000 kgf/cada. NO ESTADO.  Mais detalhes:  SINTES ANEXO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>